--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,1505 +1,1542 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R88204c7510cb494c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9ead3cf7a7b43209c26e0853a465543.psmdcp" Id="R3e6e3110dad54c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5d7f0a6972f435c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e3a3a8e34594ae4b1c1e1abeda34074.psmdcp" Id="Rb270ecc71c094598" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="4835134F" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3691CDFB" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2C6D3606" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 2</w:t>
-[...6 lines deleted...]
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Environmental Protection Funds</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="189BE356" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3FA26C4B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="4A5D5191" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D18BCAC" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="41A407F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-        <w:br/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="69363C51" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3CA55059" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="4F7484CE" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4E04B25B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-        <w:br/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2000 Act No. 282, § 2, provides in part as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="6AC684E9" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5ECC7F2B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="3FCB41AC" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6618D591" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-        <w:br/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Chapter 2, Title 48 of the 1976 Code is renamed 'Environmental Protection Funds'."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="7333DE10" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0E9A3728" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="7DD925D0" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="17753E50" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Article 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="43403B58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
-[...10 lines deleted...]
-        <w:br/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Environmental Protection Fund</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="78E0ED9A" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="43B41AA6" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="2DEBFC99" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3F6B139F" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-10. Short title.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="27D84F5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>This article may be cited as the "</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>This article may be cited as the "Environmental Protection Fund Act".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="122CE7D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="34D978B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>Environmental Protection Fund Act".</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1993 Act No. 122, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="538D2DC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="277C29A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-20. Definitions.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="18F3186E" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="397C55FC" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...76 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="505D5825" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "South Carolina Environmental Protection Fund" or "fund" means a special account established within the Treasurer's Office in which is deposited all fees as authorized by this article to be collected for the department's environmental programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="58EDF358" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Department" means the South Carolina Department of Health and Environmental Control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03EA42C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="34C2771B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1993 Act No. 122, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="3C162352" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="589FC23E" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2B20DE1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-30. Environmental Protection Fund established; sources of funds; accounting; investment and interest; allowable expenditures.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="5E88CC14" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="21035B7B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is established within the Treasurer's Office an agency-restricted, interest-bearing account to be known as the South Carolina Environmental Protection Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2216A3E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Notwithstanding any provision of law to the contrary, there must be deposited in the fund all fees as authorized by this article to be collected for the following environmental programs administered by the department, including fees for environmental permits, licenses, certificates, and registrations:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6E176AC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Pollution Control Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1E13A633" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Clean Air Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="465C59A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Safe Drinking Water Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2C484490" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Hazardous Waste Management Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="05FFE483" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(5) Atomic Energy Act;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="11B5894A" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5EFCD378" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Oil and Gas Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="007F969A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) any environmental program for which applicable federal law requires the establishment and collection of fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="26F340EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Surface Water Withdrawal, Permitting, Use, and Reporting Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="38134E19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The department shall maintain separate accounting for the monies collected and expended under each of the acts enumerated in subsection (B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="492C758C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Unencumbered monies and any unexpended balance of the fund remaining at the end of a fiscal year do not revert to the general fund but must be carried forward and maintained in separate accounts until expended in accordance with this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="319520D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Interest accruing on investments and deposits of the fund must be credited to the general fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="38641044" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(F) Monies in the fund must be invested by the State Treasurer for the benefit of the fund. The fund must be administered by the appropriate program area within the department.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="4B54FD45" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="08CE1345" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Monies in the fund may be expended only in accordance with annual appropriations approved by the General Assembly, except as otherwise authorized under Section 48-2-60.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5193EF08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3C412485" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1993 Act No. 122, § 2; 2010 Act No. 247, § 2, eff January 1, 2011.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="4C3B4687" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3CFA7D5C" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="00AC5F1F" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1FCE6ECF" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment added item (B)(8), relating to the Surface Water Withdrawal, Permitting, Use, and Reporting Act.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12868281" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="097B36FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>HISTORY: 1993 Act No. 122, § 2; 2010 Act No. 247, § 2, eff January 1, 2011.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-40. Purpose and uses of fund.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3E3CD491" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The fund is available to the department to help defray the costs of administering the regulatory programs under each act enumerated in Section 48-2-30(B). The monies must be used for improved performance in permitting, certification, licensing, monitoring, investigating, enforcing, and administering the department's functions under these acts. Monies collected pursuant to the Federal Clean Air Act may be used as necessary to administer the Small Business Stationary Source Technical and Environmental Compli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ance Assistance Program, support staff, equipment, legal services, contracts with consultants, and program expenses as listed in Title V of the 1990 amendments to the Federal Clean Air Act.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E7A3E0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7048C4B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>ance Assistance Program, support staff, equipment, legal services, contracts with consultants, and program expenses as listed in Title V of the 1990 amendments to the Federal Clean Air Act.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1993 Act No. 122, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="322D7D7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4E8B2F31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-50. Fees.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="7EA8C6E4" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0D97EF45" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(A) In order to facilitate the proper administration of each act listed in Section 48-2-30(B), the department shall charge fees for the various services and functions it performs under each of those acts including, but not limited to, application fees, processing fees, permit maintenance fees, certification fees, license fees, registration fees, plan review fees, facility inspection fees, and emission fees.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="707CAC45" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="11D409A4" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...104 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) All fees in existence before the effective date of this article which implement the acts identified in Section 48-2-30(B) must be continued and must be calculated and maintained with any additional fees authorized by this article; however, the existing fees may be used in any manner consistent with the department's authority, the provisions of this article notwithstanding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="39581985" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) No permit, certificate, license, or registration and no renewal or modification of a permit, certificate, license, or registration may be issued to an applicant under the acts enumerated in Section 48-2-30(B) until all fees are paid in full. The department shall develop a schedule by regulation for the collection of delinquent accounts and the amounts to be applied to delinquent accounts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7FA6E8E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The department shall develop regulations which set annual levels of fees as authorized by this article. The level of these fees must be determined after careful consideration of the direct and indirect costs incurred by the department in performing its various functions and services under each of the acts enumerated in Section 48-2-30(B). Any subsequent increase in the level of these fees must be justified by an assessment report compiled in accordance with Section 1-23-115. All fees and procedures for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collecting fees must be adopted pursuant to procedures as are set forth in the Administrative Procedures Act. In promulgating these regulations, the department shall consider detailed information regarding other costs to be funded by the proposed fee schedule or fee increases and the current and proposed average response time to permit applications under that program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4317BE3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> collecting fees must be adopted pursuant to procedures as are set forth in the Administrative Procedures Act. In promulgating these regulations, the department shall consider detailed information regarding other costs to be funded by the proposed fee schedule or fee increases and the current and proposed average response time to permit applications under that program.</w:t>
-[...15 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) In the third, and all subsequent years, the fee schedule promulgated by the department may not, when added to its individual program fund balance from prior years, exceed one hundred fifty percent of the fees collected in the previous year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="417A15A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(F) The total fees assessed under this article and listed in subsection (H) to be paid by a single permitted facility under any one act enumerated in Section 48-2-30(B) may not exceed five percent of the total of all fees assessed under that act, except for those fees collected pursuant to the Clean Air Act and the Atomic Energy Act.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="68BDABC2" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1DD1576C" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) On January 1, 1994, and January first of every even-numbered year after 1994, the department shall evaluate the implementation of the permit fee program and provide this evaluation in writing to the Senate Finance Committee and the House Ways and Means Committee. This evaluation shall include a report on the total fees collected, the amount of general funds allocated to the department, the department's use of the fees and the general funds, the number of permit applications received, the number of perm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>its issued, the progress in eliminating permit backlogs, and the timeliness of permit processing.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="51D62497" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>its issued, the progress in eliminating permit backlogs, and the timeliness of permit processing.</w:t>
-[...15 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) For the following categories, the fees shall not exceed the maximum amounts listed below. The department is encouraged to use graduated fees to reflect the volume of waste, population served, or other factors determined necessary to fairly apportion the fees:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="171"/>
         <w:gridCol w:w="361"/>
         <w:gridCol w:w="361"/>
         <w:gridCol w:w="655"/>
         <w:gridCol w:w="602"/>
         <w:gridCol w:w="591"/>
         <w:gridCol w:w="4752"/>
         <w:gridCol w:w="240"/>
@@ -1509,20856 +1546,21052 @@
         <w:gridCol w:w="146"/>
         <w:gridCol w:w="146"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5160" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Water Pollution Control</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Annual fees for NPDES Permits and State Construction Permits for Land Application Systems; however, annual operating fees for both major and minor facilities must be calculated based on the previous year's actual flow as reported to the department:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Type of Facility</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(i)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Major Facility (Flow greater than 2,000,000 gal/day)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5,400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(ii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Major Facility (Flow 1,000,000-1,999,999 gal/day)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4,050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(iii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minor Facility (Flow </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>500,000-999,999 gal/day)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(iv)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Minor Facility (Flow 100,000-499,999 gal/day)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(v)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Minor Facility (Flow 50,000-99,999 gal/day)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Minor Facility (Flow 0-49,999 gal/day)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Multiple Discharged Permits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4,050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(More than 5 discharge points) per discharged over 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(viii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>General Permits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Water Quality Certification Application Fees:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(i)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Certification of major activities requiring federal or state permits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,688</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(ii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...43 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certification of minor activities requiring federal or state permits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Construction Permit Fees:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(i)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pretreatment Systems:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...143 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oil/water separators or Air Stripper Systems only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...143 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All other Pretreatment Systems</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,038</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(ii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Collection Systems:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...143 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1000 ft. or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>338</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...143 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,001 to 10,000 ft.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>845</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...143 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10,000 ft. or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,688</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...143 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Delegated Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(iii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wastewater Treatment Facilities, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>provided that fees for modifications without expansions for both major and minor facilities must be assessed by the department only for those modifications which require the actual submission of plans and specifications to the department for engineering review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...143 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Major Facilities (1,000,000 gal/day or greater)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...179 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>New</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5,400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...179 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>b.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Expansion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4,050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...179 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>c.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification w/o expansion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...143 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Minor Facilities (0 to 999,999 gal/day)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...179 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>New</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...179 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>b.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Expansion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...179 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>c.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modification w/o expansion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Water Supply Operating Permit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Major Facility (Serving more than 10,000 people)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4,050</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Major Facility (Serving 5,000-10,000 people)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,038</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Minor Facility (Serving 1,000-4,900 people)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Minor Facility (Serving less than 1,000 people)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Air Quality Control</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...87 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Permit fees for air quality operating permits must be based on an annual fee of $25.00 per ton of each regulated pollutant based on actual emissions, up to a maximum 4,000 tons a year a regulated pollutant. "Actual emissions" means the actual rate of emissions in tons per year of any regulated pollutant which was emitted over the preceding calendar year or any other period determined by the department to be representative of normal source operation. Actual emissions must be calculated using the unit's actua</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l operating hours, production rates, and in-place control equipment, types of materials processed, stored, or combusted during the preceding calendar year or such other time period established by the department.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>New sources or any source without sufficient data to be able to determine actual emissions must be assessed the above $25.00 a ton fee with appropriate CPI adjustment calculated on a prorata basis for their months of operation. The fee must be based on permitted emissions, until such time as "Actual emissions" can be calculated, and must be paid before the operating permit is issued.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...79 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pursuant to the 1990 Federal Clean Air Act, fees for air emissions or for air emission permits may be adjusted to reflect any increase in the Consumer Price Index (CPI) for the year before the billing month over the 1989 CPI. The CPI for any calendar year is the average of CPI for all urban consumers published by the Department of Labor, as of the close of the twelve-month period ending on August thirty-first of each calendar year.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Laboratory Certification Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Application fee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>507</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Minimum Annual Fee (per laboratory)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>507</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clean Water Act Inorganics (per parameter)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Safe Drinking Water Act Inorganics (per parameter)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SDWA "Secondary" Inorganics (per parameter)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(f)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CWA Organics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(i)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PCB's and Pesticides (per Sub-Group)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(ii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Herbicides (per Sub-Group)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(iii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Volatiles (per Sub-Group)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(iv)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Semi-Volatiles (per Sub-Group)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(v)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dioxins and Furans (per Sub-Group)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SDWA Organics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(i)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trihalomethanes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1,268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(ii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Synthetic Organic Compounds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(iii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Volatiles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(h)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Microbiology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(i)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total Coliform</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(ii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecal Coliform</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(iii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecal Steptococci</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(i)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(i)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toxicity Testing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...107 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(ii)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Taxonomy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(j)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Solid and Hazardous Wastes (SW 846 Methods)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(k)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Air Quality Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2,532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Radioactive Material Licenses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Low level Radioactive Waste Disposal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>275,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Radioactive Material </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Manufact/processing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Decontamination Facil.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Industrial Radiography under Reciprocity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Low Level Waste Consolidation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...71 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(f)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Low Level Waste Processing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Radioaction Waste Transportation Permits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:trPr>
           <w:gridAfter w:val="4"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...35 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hazardous Waste Units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,038</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
-[...143 lines deleted...]
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="30" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="35113400" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0761B17F" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Surface Water Withdrawals:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4B659B4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(a) Existing surface water withdrawal permit application processing fee $1,000;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="4A48AECF" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5A6E50AF" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(b) New surface water withdrawal permit application processing fee $7,500;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="00658CB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(c) Modification of surface water withdrawal permit application processing fee $2,000;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4712CC9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(d) Renewal of surface water withdrawal permit with modifications application processing fee $1,000;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0578F06E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(e) Surface water withdrawal annual operating fee per permitted intake $1,000.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B46B6DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="188F456F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1993 Act No. 122, § 2; 2010 Act No. 247, § 3.A, eff January 1, 2011; 2012 Act No. 248, § 1, eff January 1, 2013.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="07D5B903" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1FCC67BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, the 2010 version of subsection (H)(8), is replaced by the 2012 version of subsection (H)(8), effective January 1, 2013; the two versions are substantially identical.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="538FE33B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7B9F245F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2010 Act No. 247, § 3.C, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="26114AD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The new item added to Section 48-2-50(H) by this SECTION is repealed January 1, 2013. No new fees may be charged for Surface Water Withdrawal applications following that date without an act of the General Assembly setting the fee schedule."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="29021FC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2012 Act No. 248, § 3, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="52C85334" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 3. Section 3C of Act 247 of 2010, which reads as stated below, is repealed:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="68E9D3CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"C. The new item added to Section 48-2-50 by this SECTION is repealed January 1, 2013. No new fees may be charged for Surface Water Withdrawal applications following that date without an act of the General Assembly setting the fee schedule."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="30270A8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="17CBEB5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment added subsection (H)(8), relating to surface water withdrawals.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0AEB7377" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2012 amendment added subsection (H)(8), relating to surface water withdrawals.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C197D21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5C3B9AC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-60. Challenges to fees; petition, hearing, and determination of challenge.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6EDB9F0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>A person required to pay the fees set forth in this article who disagrees with the calculation or applicability of the fee may petition the department for a hearing by submitting a petition setting forth the fee which is challenged, the grounds on which relief is sought, and the total amount of the fee due. The petition and the fee must be received by the department no later than thirty days after the due date. The hearing must be conducted in accordance with contested case provisions set forth in the Admi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>nistrative Procedures Act and department regulations. If it is finally determined that the amount in dispute was improperly assessed, the department shall return the amount determined to be improperly assessed with interest not to exceed the statutory rate.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4AEC2A3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="12C726CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1993 Act No. 122, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3011C140" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="56348818" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-70. Processing of permit applications; maximum time for review.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="258D15E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Under each program for which a permit processing fee is established pursuant to this article, the promulgating authority also shall establish by regulation a schedule for timely action by the Department of Health and Environmental Control on permit applications under that program. These schedules shall contain criteria for determining in a timely manner when an application is complete and the maximum length of time necessary and appropriate for a thorough and prompt review of each category of permit applic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ations and shall take into account the nature and complexity of permit application review required by the act under which the permit is sought. If the department fails to grant or deny the permit within the time frame established by regulation, the department shall refund the permit processing fee to the permit applicant.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2287E0D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="79290D4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1993 Act No. 122, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6AEBA4DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7EB90870" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-80. Fees do not reduce general fund appropriations; limitation on amount of fees that may be collected in any fiscal year.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="75A3DEE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Fees collected pursuant to Section 48-2-50 do not supplant or reduce in any way the general fund appropriation to the department from the state or federal program; and the total amount of fees authorized by this article collected in any fiscal year, may not exceed thirty-three and one-third percent of the "Total Funds" appropriated to the Office of Environmental Quality Control in the annual appropriations act.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0BFD5A1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="70E79977" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1993 Act No. 122, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="482958B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0AA70BF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-90. Department may establish applicable federal requirements; use of federal fee caps; federal requirements prevail over conflicting provisions of article.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2D52482A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>If the requirements of this article are not in agreement with applicable federal requirements pertaining to the establishment and collection of fees as authorized by this article, the federal requirements take precedence. The department has the authority to establish, by regulation, applicable federal requirements. A permissible maximum fee or cap on a fee authorized by federal law or regulation, or both, must be used by the department.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22317D8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5D35A0E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1993 Act No. 122, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04775BB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7CC4B968" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Article 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="105AA3E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Emergency Environmental Fund</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6FA7E538" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="7905757C" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3E76F70F" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-310. Citation of act.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="41B22A55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:tab/>
-[...36 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...738 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article may be cited as the "Environmental Emergency Fund Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="720D9734" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="3893221F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 2000 Act No. 282, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="20D4B423" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20D584AF" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7BCED917" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-320. Definitions.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="5C0FAF9A" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2CC48F9C" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2432AC2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Commissioner" means the Commissioner of the Department of Health and Environmental Control.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="112D685E" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0AA05CF6" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Department" means the Department of Health and Environmental Control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5052D51D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(3) "Environmental Emergency" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means a situation, to be determined by the commissioner, that constitutes an immediate threat to the environment or public health, or both, and providing immediate, but temporary relief to the situation may require the expenditure of funds to effect a solution, provide temporary relief, or retain the services of appropriate technical personnel or contractors.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="4E107F97" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="30D5C18C" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Fund" means the "Environmental Emergency Fund" established pursuant to this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="7DDAEA28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Responsible party" means a person determined to be legally responsible for any environmental pollution or threat to public health which requires expenditures from the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0372C19A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0EDF3D21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 2000 Act No. 282, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="46EA625B" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40BC7770" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="52B20084" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-330. Fund created; deposit of fines and penalties; maximum; interest.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="29DC1103" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="66D3EC23" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is created within the Department of Health and Environmental Control a restricted account to be known as the Environmental Emergency Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="24E847C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The fund must be financed through the collection and deposit of fines and penalties levied by the department. However, a fine or penalty collected under any statute which provides explicitly for distribution of the fine or penalty, other than to the general fund including, but not limited to, those penalties distributed to the counties pursuant to Section 48-1-350, must not be deposited in the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="306D74C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Fines and penalties must be credited to the fund until the fund reaches two hundred fifty thousand dollars, at which time all subsequent fines and penalties must be deposited to the general fund or as otherwise prescribed by law. At no time shall the balance in the fund exceed two hundred fifty thousand dollars, and no more than two hundred fifty thousand dollars may be deposited to the fund in any fiscal year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="266766E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Interest accruing to the fund must be remitted to the general fund of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F526F54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2002A985" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 2000 Act No. 282, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="23994F7E" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C60A22A" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="52CD3846" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 48-2-340. Certification of necessity of funding for specific emergency; accounting; recovery of costs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="43AE9C52" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="637453C0" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The department, through the commissioner or the commissioner's designee, shall certify that funding for a specific emergency was necessary to protect the environment or public health, or both. Annually, the department shall prepare an independent accounting of all revenue in the fund. The report must be submitted to the chairman of the Board of the Department of Health and Environmental Control and must be made available to the public upon request.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="703E8EFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Nothing in this section precludes the department from seeking appropriate enforcement action, including civil penalties and recovery of costs expended from the fund, against a party determined to be responsible for the environmental emergency. Costs recovered pursuant to an enforcement action must be deposited in the fund in accordance with the limitation prescribed in Section 48-2-330.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64DB836A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0A6E50BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 282, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -22369,51 +22602,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -22850,66 +23083,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>