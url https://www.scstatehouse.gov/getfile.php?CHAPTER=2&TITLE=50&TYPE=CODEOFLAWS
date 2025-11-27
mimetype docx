--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -1,628 +1,612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16b4bbcea56f4932" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c7e7f6dffa24f0aa64f339eb2d91ef5.psmdcp" Id="R23cd764c6feb4735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R961c61f7444d4191" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4abdd674883a4c7bbb15de57be3f823a.psmdcp" Id="Rbb4045df968441ac" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00112112" w:rsidRDefault="00112112" w14:paraId="21EFAF39" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1641906D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1E630A13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Forest Management Protection Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="226E2039" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0CF97648" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-2-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="25C3727E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This act may be cited as the "South Carolina Forest Management Protection Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42832267" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7EFBE417" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 316, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5510CE7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4CED661B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-2-20. Purpose of Forest Management Protection Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0F3214CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>The purpose of this act is to encourage and protect landowners' ability to maintain their land for forest use and to conduct forest management activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="465790A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2CA38EFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 316, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E0F6711" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="759460BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-2-30. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="643963A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>(A) A forestry operation is an area where forest management activities are conducted for the production of timber resources for wood products or providing wildlife habitat, outdoor recreation, or other environmental values. A forestry operation inherently includes lengthy periods between forest management activities and shall be deemed continuously operating so long as the operation supports an actual or developing forest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0E672AFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Forest management activities include, but are not limited to, timber harvest, site preparation, controlled burning, tree planting, applications of fertilizers, herbicides, and pesticides, weed control, animal damage control, fire control, insect and disease control, forest road construction, and any other generally accepted forestry practices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71DDB4A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="45CE621D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 316, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="281FA49F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A4282DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-2-40. Application of Forest Management Protection Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3B44761C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This act shall apply only to forest management activities on forestry operations that are eligible for timberland use value assessment for property tax purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AA486F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0B93D510" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 316, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17A638B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="605504C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-2-50. Forestry operation as nuisance; established date of operation; local ordinance making forestry operation nuisance null and void.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5C1769FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) No established forestry operation is or may become a nuisance, private or public, if the forestry operation adheres to best management practices as promulgated by the South Carolina Forestry Commission. This section does not apply whenever a nuisance results from the negligent, improper, or illegal operation of a forestry operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7AFF872D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For the purposes of this chapter, the established date of operation is the date on which the forestry operation commenced operation. If the operation is expanded subsequently or new technology adopted, the established date of operation for each change is not a separately and independently established date of operation and the commencement of the expanded operation does not divest the forestry operation of a previously established date of operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="46D3D35A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) An ordinance of a county or municipality that makes a forestry operation following best management practices as promulgated by the South Carolina Forestry Commission a nuisance or providing for abatement as a nuisance in derogation of this chapter is null and void. The provisions of this section do not apply whenever a nuisance results from the negligent, illegal, or improper operation of a forestry operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4283B36B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="763084D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 316, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -633,51 +617,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1114,66 +1098,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>