--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -1,4893 +1,4632 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R424835cc545e4970" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e49b27088d1e4624a8819ef892632d94.psmdcp" Id="R2dd287551718478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b770193ca5d465e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dbcbf0dc0b6452cb5848fcf62f482d0.psmdcp" Id="R440b4a43bc254a1e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0089657A" w:rsidRDefault="0089657A" w14:paraId="1DD18214" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3BAB1975" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="73AB03DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Specialized Vehicles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="290456A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="28231587" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3164692C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Low Speed Vehicles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="170FB383" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3B681813" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-90. Operating a golf cart on a public highway.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="0AEEBAE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) To operate a vehicle commonly known as a golf cart on a public highway, the owner must obtain a permit decal and registration certificate from the Department of Motor Vehicles. Proof of ownership, proof of liability insurance, and payment of a five-dollar fee must be provided. The permit decal must be replaced every five years, or at the time the owner changes his address, whichever is sooner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="386C6276" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person operating a golf cart on a public highway must be at least sixteen years of age, hold a valid driver's license, and have in his possession:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4EDD1F25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the registration certificate;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="268ED310" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) proof of liability insurance in conformance with Section 38-77-140; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="23224A90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) his driver's license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="030D45C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C) A municipality or a county within its unincorporated portions, may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="35359D43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) by ordinance stipulate the hours, methods, and locations of golf cart operations, provided that golf carts may be operated only on a highway where the speed limit is thirty-five miles per hour or less;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="58F3661D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) by ordinance permit the operation of golf carts at night, provided that golf carts are equipped with working headlights and taillights, and provided that golf carts may be operated only on a highway where the speed limit is thirty-five miles per hour or less; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="75A80234" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) on the shoulder of primary highways, secondary highways, streets and roads, designate separate golf cart paths for the purpose of golf cart transportation, provided that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="71F33456" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the municipality or county obtains the necessary approvals, if any, to create golf cart paths; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="70E1B241" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the golf cart path is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="48176DDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) separated from the traffic lanes by a hard concrete curb;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="03ACF6F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) separated from the traffic lanes by parking spaces; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="751F7A77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) separated from the traffic lanes by a distance of four feet or more.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="5D239B75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) not require proof of property ownership or proof of long-term rental agreement within the municipality or a county within its unincorporated portions as a requirement in which to receive a decal to operate a golf cart within its limits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="11C885A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) In the absence of an ordinance enacted pursuant to subsection (C), a permitted golf cart may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6DAC58A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) be operated only during daylight hours;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="0A974CA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) be operated only on a secondary highway where the speed limit is thirty-five miles per hour or less;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7147A226" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) be operated only within four miles of the address on the registration certificate, or only within four miles of a point of ingress and egress of a gated community if the address is within a gated community; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3ED61CF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) cross a highway at an intersection where the speed limit is more than thirty-five miles an hour.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6901407D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(E) Each golf cart passenger that is under the age of twelve years old, when it is being operated on the public streets and highways of this State, must wear a fastened safety belt.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03FC8E0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4413FB97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2025 Act No. 64 (H.3292), § 1, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1148921F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3CD4FF66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws: Former § 56-2-105 was titled Golf cart permit and the operation of a golf cart, and had the following history: 2012 Act No. 177, § 1, eff October 1, 2012; 2015 Act No. 86 (S.211), § 1, eff June 8, 2015; 2016 Act No. 246 (H.5118), § 1, eff June 6, 2016. Repealed by 2025 Act No. 64, § 2, eff May 22, 2025.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63B8A2F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1B51233E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-100. Conditions for operation on street or highway.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="23E0B9A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) A low speed vehicle may be operated only on a highway for which the posted speed limit is thirty-five miles an hour or less.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1C1230F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A low speed vehicle may cross a highway at an intersection where the highway has a posted speed limit of more than thirty-five miles an hour.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6BF96491" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A low speed vehicle must meet the requirements of Federal Motor Vehicle Safety Standard 500 (Part 49 Section 571.500 of the Code of Federal Regulations) at all times when operated on any highway. A low speed vehicle that complies with the equipment requirements in 49 C.F.R. Section 571.500 complies with all equipment requirements of this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="491A2839" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Nothing in this section prevents local governments from adopting more stringent local ordinances governing low speed vehicle operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7FF6615D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A county or municipality may prohibit the operation of low speed vehicles on any street or highway if the governing body of the county or municipality determines that the prohibition is necessary in the interest of safety.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7249E769" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The Department of Transportation may prohibit the operation of low speed vehicles on any street or highway if it determines that the prohibition is necessary in the interest of safety.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6E90A017" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) A farm vehicle, as defined in Section 56-1-2070(C)(2), is not a low speed vehicle for the purposes of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A15D76E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="59C23894" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 170, § 2, eff 6 months after approval by the Governor (approved June 7, 2005); 2012 Act No. 264, § 10, eff June 18, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6968685D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="763F7028" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-105. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EE879EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1A6016E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Golf cart permit and the operation of a golf cart, had the following history: 2012 Act No. 177, § 1, eff October 1, 2012; 2015 Act No. 86 (S.211), § 1, eff June 8, 2015; 2016 Act No. 246 (H.5118), § 1, eff June 6, 2016. Repealed by 2025 Act No. 64, § 2, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="537B80E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="62129255" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-110. Driver's license and registration card.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6EA7B611" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person operating a low speed vehicle must be at least sixteen years of age and shall hold a valid driver's license. The operator of a low speed vehicle being operated on a highway must have in his possession:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="62BBA8E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the registration card issued by the department or the registration card issued by the state in which the low speed vehicle is registered; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4AFFE6A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) his driver's license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C757E21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3F5057E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 170, § 2, eff 6 months after approval by the Governor (approved June 7, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B60D1E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="34331134" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-120. Title requirement; title applications by nonresidents; license plates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="2F8316D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A low speed vehicle must be titled as specified in this title. The manufacturer's or importer's certificate of origin must identify clearly the vehicle as a low speed vehicle and must certify that the vehicle was manufactured in compliance with the equipment requirements for low speed vehicles in 49 C.F.R. Section 571.500. The State shall not issue vehicle identification numbers to homemade low speed vehicles, retrofitted golf carts, or any other similar vehicles, and these vehicles shall not qualify a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s low speed vehicles in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3F1EC958" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) If the vehicle is owned by a nonresident, but is subject to issuance of a certificate of title in this State, the application must also contain his:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7DCF86A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) full legal name, social security number, or, if the primary user does not have a social security number but has a passport, his passport number;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3681B485" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) driver's license number, whether the license was issued by this State or another jurisdiction;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7889E145" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) date of birth;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="00F52CBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) bona fide principal residence address;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="39D43C51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) address in this State where the low speed vehicle will be housed and used; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="17695868" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(6) mailing address of the primary user of the vehicle. If the primary user is a firm, association, or corporation, the application must contain the business address and federal employer identification number of the primary user.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="513C09D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A low speed vehicle must be registered and licensed in the same fashion as passenger vehicles pursuant to this title and is subject to the same insurance requirements applicable to other motor vehicles under this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="48E9EABD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The Department of Motor Vehicles shall establish a special size and class of license plate for low speed vehicles that clearly identifies the vehicle as a low speed vehicle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A973ABD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="57C9E0F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 170, § 2, eff 6 months after approval by the Governor (approved June 7, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FF3E875" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="632ED11C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-130. Dealer licensing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1C861F66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A person engaged in the wholesale or retail sale of low speed vehicles must comply with the motor vehicle dealer licensing laws of this State as specified in this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66D29913" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6F06196A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 170, § 2, eff 6 months after approval by the Governor (approved June 7, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66A8AEED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="2FEE903C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1050CE3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Motor Vehicle Registration and Property Tax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7BC6F15A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="32848F25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-2740. Refusal to renew license and registration for non-payment of property tax; biennial plates; validation and revalidation decals; fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="269A9B4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Department of Motor Vehicles must refuse to renew the driver's license and motor vehicle registration of a person who has not paid personal property taxes within the time limits prescribed in this chapter. A county treasurer or municipal clerk treasurer must forward notification to the department of persons violating the provisions of this chapter. Notification of individuals violating this chapter must be forwarded to the department in the time and manner determined by the department for the prope</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>r administration of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="47C683BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The department shall issue biennial license plates and revalidation decals. The department may enter into contracts with persons, corporations, or governmental subdivisions to issue license plates and revalidation decals. The department, person, corporation, or governmental subdivision shall give a motor vehicle owner a license plate or revalidation decal for the tax year for which personal property taxes and biennial fees have been paid pursuant to Section 56-3-253.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="526F5337" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) All validation decals must be issued for a period not to exceed twelve months, except for vehicles which do not require the payment of property taxes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7460A0C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A person or corporation that issues license plates or revalidation decals pursuant to this section may charge a fee in excess of the fee charged by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="56CC007A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(E) A governmental subdivision that issues license plates or revalidation decals pursuant to this section may charge a one-dollar fee to defray the expenses associated with the issuance of license plates and revalidation decals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6B3B0773" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The department shall supervise the provision of services contained in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DEE1561" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="092DDDC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 459, § 129; 1997 Act No. 40, § 1; 2003 Act No. 51, § 15; 2017 Act No. 89 (H.3247), § 9, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="40A1B8B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="16183852" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 89, § 9, in (C), added ", except for vehicles which do not require the payment of property taxes".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="202A074E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7C44EEEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="131EF1CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Mopeds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="55EB5106" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="5DA0860E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3000. Valid moped operator's license required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="21826AB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A person operating a moped on a public highway at all times must have in his possession a valid moped operator's license or valid driver's license and moped registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="248767AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="71D7DD56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F0E459B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="60CBC895" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3010. Moped registration required; special moped license plates; insurance; taxes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="61E625FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A moped operated on a public highway must be registered and licensed with the department in the same fashion as passenger vehicles pursuant to this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="25749311" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The department shall establish for mopeds a special size and class of license plates with distinctive numbering and/or lettering so as to be identifiable to law enforcement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="0E89ADCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Mopeds are not required to be titled or insured in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3D67FF70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Mopeds are exempt from ad valorem property taxes in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="60FC6F49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(E) If a manufacturer's certificate of origin states the vehicle is a "motor scooter", "motor-driven cycle", or any similar term, the definitions of "motorcycle" and "moped", as shown in Section 56-1-10, must be used to determine whether the vehicle must be registered as a moped or must be titled and registered as a motorcycle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A0F5C1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1FB4F010" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FB340FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="051C6D4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3020. Mopeds of nonresidents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="11149EEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A privately owned and operated moped of a nonresident, otherwise subject to registration and license as provided by this chapter, may be operated within this State without being registered and licensed provided that the moped:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="2015AEA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is duly registered or licensed in the state, territory, district, or country of residence of the owner; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="12864ACC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) has displayed or issued a valid registration, registration card, license plate or decal, or other indicia satisfactorily evidencing compliance with the requirements of the owner's home jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6A82B4BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The moped of a nonresident must be registered and licensed pursuant to this chapter upon the earlier of a nonresident's:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="397F2817" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) establishment of domicile in this State; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="55A4B91D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) operation of the moped in this State for an accumulated period exceeding one hundred and eighty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58562B04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="5CA50645" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65827451" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="19782424" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3030. Application for registration and licensing of mopeds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1057F8FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An owner of a moped required to be registered in this State must make application to the department for the registration and licensing of the moped. The application must be made upon the appropriate form furnished by the department. Every application must bear the signature of the owner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="72E0714F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="5B63C8F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CB08CAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="42F440DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3040. Application requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="0362D839" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An application for registration and licensing of a moped must contain:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="40E9D8D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) the name, bona fide residence and mailing address of the owner or business address of the owner if a firm, association or corporation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3DE5E2A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a description of the moped including, insofar as this exists with respect to a given moped, the make, model, type of body, serial number or other identifying number, whether the vehicle is new or used, and the date of sale by the manufacturer or seller to the person intending to operate the moped; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="14DB633D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) other information that reasonably may be required by the department to enable the department to determine whether the moped is lawfully entitled to registration and licensing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7054E69A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The application shall be accompanied by a bill of sale and a vehicle registration certificate, manufacturer's certificate of origin, or an affidavit from the applicant certifying that he is the legal and rightful owner of the moped. The documentation provided must list the vehicle specifications, including the total cubic centimeters of the engine or wattage of the engine, as applicable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="493C7072" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4C1E1F8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32C2B1C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="792B552A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3050. Title issued with moped registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="07148C7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The department, at the request of the owner, may issue a title for the moped in conjunction with the moped registration, provided that the owner makes application for title on the appropriate form and provides the department with a manufacturer's certificate of origin or a prior title. If an owner cannot provide a manufacturer's statement of origin or prior title, the moped may be registered, but not titled.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="297390A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="5039D1A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B4A3C65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="64E4E82A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3060. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="05A151F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A person is guilty of a misdemeanor who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1CF9842F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) fraudulently uses or gives a false or fictitious name or address in an application required to be made under this article;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3E53D10E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) knowingly makes a false statement in an application; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6826C436" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) knowingly conceals a material fact in an application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="5CE36CF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person who operates or an owner who permits the operation of a vehicle registered and licensed under a violation of this section is guilty of a misdemeanor and, upon conviction, must be fined not more than two hundred dollars or imprisoned not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D01ED7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1A40A75F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CEDE1D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="135D586F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3070. Moped operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="12B608FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A person may not ride upon a moped other than upon or astride a permanent and regular seat attached to the moped. A moped may not be used to carry more persons at one time than the number for which it is designed and equipped by the manufacturer to carry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3E39C348" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A moped, while traveling along a multilane highway, must be operated in the farthest right lane except when making a left turn or when travel in the farthest right lane is unsafe.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4091E03D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person under the age of twenty-one may not operate or ride upon a moped unless he wears a protective helmet identical to underage motorcycle helmet requirements provided in Section 56-5-3660.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6B1E8E6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A person may not operate a moped at a speed in excess of thirty-five miles per hour.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="5460053C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A person may not operate a moped on a public highway that has a speed limit of greater than fifty-five miles per hour. A person operating a moped may cross an intersection at a public highway that has a speed limit of greater than fifty-five miles per hour.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="0640176D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(F) The operator of a moped must have turned on and in operation the operational lights and the headlight at all times while the moped is in operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="39AA336F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined not more than two hundred dollars or imprisoned not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79D9CC34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6CA21681" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0571F6AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="03E31242" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3080. Requirements for selling, leasing, or renting mopeds; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="515034C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful for a person in the business of selling, leasing or renting mopeds to sell, lease or rent a moped for use on the public highways of this State without:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="218B624D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) operable pedals, if the moped is equipped with pedals;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="41FA9E3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) at least one rearview mirror;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="38088258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) operable headlights and running lights; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="331BE6B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) brake lights which are operable when either brake is deployed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1BB62D0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined not more than two hundred dollars or imprisoned not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D8F4CF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="2DEA67F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DE02DFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="78711BBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3090. Law governing operation of mopeds posted in seller's place of business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="64DFFE55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person selling mopeds shall post, in a conspicuous place in his business, a sign that contains a brief explanation of the provisions of law governing the operation of mopeds, including, but not limited to, age restrictions, maximum speeds, and the definition of a moped.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17ABADF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4C921A10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62B289F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="68640CA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-3100. Moped seller not required to obtain motor vehicle dealer's license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="2A4443CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A person or entity selling mopeds is not required to obtain a motor vehicle dealer's license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3ED00196" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="75A0B261" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 10, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A9CDE6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="102A91A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="32FFFEC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Penalties</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="389FFC0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="00C54DE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-2-4000. Violations of chapter; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4B98353D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is a misdemeanor for any person to violate any of the provisions of this chapter unless such violation is by this chapter or other law of this State declared to be a felony. A person convicted of a misdemeanor for a violation of any of the provisions of this chapter for which another penalty is not provided shall be punished by a fine of not more than one hundred dollars or by imprisonment for not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30195913" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4B12A2C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 89 (H.3247), § 11, eff November 19, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4898,51 +4637,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -5379,66 +5118,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>