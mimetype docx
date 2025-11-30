--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,641 +1,597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb4f065bcee854afe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b96f552f9cc94a92853ae320999ad555.psmdcp" Id="Ra68fbe1c1ac74624" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Red48c411bf894bdd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0e90433b5264574b2537b0ce06779ac.psmdcp" Id="Ree480eb64b7d4dab" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00631740" w:rsidRDefault="00631740" w14:paraId="04DE0DA6" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="730E4872" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="328F838A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>State Documents Depository</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6199E6BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="07F8F92D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-2-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="1B46B0F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter, unless the context clearly indicates otherwise:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="7D91CC46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(1) "Complete depository" means a place, usually a library, that requests and receives at least one copy of all state publications;</w:t>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">(1) "Complete depository" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means a place, usually a library, that requests and receives at least one copy of all state publications;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="65D9D67B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Depository system" means a system established by the State Library in which copies of all state publications are deposited in one central depository or library for distribution to other designated depositories or libraries;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="01A43A6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Electronic" means publication only in a computerized format;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="37375A78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Print" means publication in a format other than an electronic or computerized format;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="33B16761" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Selective depository" means a place, usually a library, that requests and receives one copy of selected state publications;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="5F28982D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">(6) "State publication" </w:t>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">(6) "State publication" means any document, compilation, register, book, pamphlet, report, map, leaflet, order, regulation, directory, periodical, magazine, or other similar written material excluding interoffice and intraoffice communications issued in any format by the State, any state agency or department, or any state-supported college or university intended for public distribution, or distribution to the General Assembly, agencies, political subdivisions, or nonprofit organizations and to the general </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>public. State publication includes publications that may or may not be financed by state funds and are released by private bodies, such as research and consultant firms under contract with or supervision of a state agency.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="131CFAD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="61B566EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1982 Act No. 348, § 1; 2005 Act No. 24, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75C6A95C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="6F44E5C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-2-20. State Library as official state depository of all state publications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="590AB0EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding any other provision of law, the South Carolina State Library is the official state depository of all state publications, with the responsibility for organizing and providing bibliographic control over state publications and distributing state publications to all libraries participating in a depository system.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1316627C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="660E9AFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1982 Act No. 348, § 1; 2005 Act No. 24, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="057930E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="58D7269A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 60-2-30. State agencies, departments, and state-supported institutions to provide copies of state publications; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="7F28BF78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>All state agencies, departments, and state-supported colleges and universities must provide at least fifteen copies of every state publication that the agency, department, college, or university prints or causes to be printed to the State Library within fifteen days after the printing. A publication produced only in electronic format must be electronically provided to the State Library within fifteen days of the publication's posting or distribution. The State Library Director may waive the deposition of a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ny agency publication if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="628AB240" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the publication is of ephemeral value;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="606EAB6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) less than ten copies are to be printed and no electronic version is available; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="63A1DA7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the issuing agency requests a waiver.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69F188D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A2099A" w:rsidRDefault="00A2099A" w14:paraId="1D64E529" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1982 Act No. 348, § 1; 2005 Act No. 24, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -646,51 +602,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1127,66 +1083,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>