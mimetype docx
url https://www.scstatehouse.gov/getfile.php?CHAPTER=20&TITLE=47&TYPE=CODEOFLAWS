--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -1,950 +1,889 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc3ee2ce2922b4453" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63b1cba2faf744468e6f70a5e4123a89.psmdcp" Id="R3dfe748af4ba44b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R151cecc22f7b485a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6af9b23c048440d4a9f336ea8c52612f.psmdcp" Id="R9f435f9a493f4d92" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00575413" w:rsidRDefault="00575413" w14:paraId="175BD0DC" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="29BAFC88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="68E38D3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Confined Swine Feeding Operations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="5A430E82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="712514E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-20-165. Promulgation and effect of separate and distinct confined swine feeding operations regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="4957EF43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In addition to any regulations authorized to be promulgated pursuant to this chapter, the Department of Health and Environmental Control shall promulgate regulations regarding confined swine feeding operations which are separate and distinct from the regulations promulgated pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0F924836" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The separate and distinct regulations shall not be proposed until after the regulations required to be promulgated pursuant to this chapter take effect.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="5358C402" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The provisions of this chapter and Section 46-45-30 are severable and enforceable irrespective of whether a particular regulation has been promulgated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="760F1E40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D)(1) The separate and distinct regulations shall include, but are not limited to, including the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="1A4038A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) definitions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="61317CB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) setback requirements;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="76FD7DC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) land application rates for animal waste and waste storage ponds;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7E7E0D92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) lagoon construction and maintenance requirements;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0E4CC8D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) odor control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="2D6A5337" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) vector control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6164D11C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(g) application and annual operation fees;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="05D5A924" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) monitoring wells;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="02F78AC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(i) certification of owners or operators of confined animal feeding operations and waste management systems;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="2A1227D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(j) public notice requirements; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6E6DC22B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(k) permit renewals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="630A71C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) In addition, the separate and distinct regulations shall be based upon an evaluation of the impact upon the interests of the environment and agribusiness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="1E2143BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) In promulgating the separate and distinct regulations, the department shall use the limits, distances, and other requirements provided in this chapter as the basis for the regulations. When the department submits the proposed regulations to the General Assembly for approval, in addition to the information which must be filed pursuant to Section 1-23-120 of the 1976 Code, the department shall include an explanation for each change proposed in the separate and distinct regulations from the requirements o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>f this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="61249860" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) When the regulations promulgated by the department pursuant to this section are approved by the General Assembly or take effect without action of the General Assembly, the provisions of this chapter and Section 46-45-30, and any regulations promulgated pursuant to authority granted in this chapter, are thereby repealed and shall no longer have the force and effect of law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71826602" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="5A34D2E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 460, § 3, eff July 1, 1996.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -955,51 +894,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1436,66 +1375,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>