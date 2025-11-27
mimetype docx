--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,1738 +1,1597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R654f1d2e68544e2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05208092f0da4efaa4a67e76f42beb61.psmdcp" Id="Rb53c280d74034562" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3c3aace87cfc4e49" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25a794a36d1c401f878e75b18fe2b55f.psmdcp" Id="R956fd4a767124c65" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00322D1C" w:rsidRDefault="00322D1C" w14:paraId="1D083303" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="56E6BD31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="4FECD521" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>State Optional Retirement Program</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="64CF5209" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="38BE5889" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-20-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="5A0DC4D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="13FD5284" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Employer" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="51731F28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a school district that receives funding from the State from the annual appropriation to the Department of Education for Aid to School Districts-Employer Contributions in the annual general appropriations act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="7B0DBA58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a four-year and postgraduate institution of higher education supported and under the control of the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="48EF6ACC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a technical college supported and under the control of the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="3D520906" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(d) the State or any of its departments, agencies, bureaus, commissions, and institutions, provided that such entity does not meet the definition of item (1)(a), (b), or (c) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="1EFC574F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Eligible employee" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="4777D623" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a person hired on or after July 1, 2001, by an employer as defined in Section 9-20-10(1)(a) to fill a permanent full-time position;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="3B67FF37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(b) a person hired on or after July 1, 2002, by an employer as defined in Section 9-20-10(1)(b), (c), or (d) to fill a permanent full-time position;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="152F7522" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a person hired on or after July 1, 2003, by an employer as defined in Section 9-20-10(1) to fill a temporary position or a part-time permanent position;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="6254AD5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) a person employed by an employer as defined in Section 9-20-10(1) who, as of June 30, 2001, was a participant of the Optional Retirement Program for Teachers and School Administrators or who, as of June 30, 2002, was a participant of the Optional Retirement Program for Publicly Supported Four-Year and Postgraduate Institutions of Higher Education; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="5D99CDE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) an employee, hired on or after January 1, 2003, by the State or any of its departments, agencies, bureaus, commissions, or institutions who is not covered by the State Employee Grievance Procedure but who is eligible to participate in either the South Carolina Retirement System or the Police Officers Retirement System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="48F5793E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>However, an employee who exercises an option to not participate in the South Carolina Retirement System under Section 9-1-550 is not eligible to participate in the State Optional Retirement Program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="2BD7FCD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Participant" means an eligible employee who participates in the optional retirement program provided by this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="26D1E5EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Open enrollment period" means the period from January first to March first of each year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15B46A59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="048C5132" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 268, § 1, eff July 1, 2000; 2001 Act No. 54, § 2, eff July 1, 2001; 2003 Act No. 77, § 6, eff June 27, 2003.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="004D1942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="4C11F121" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-20-20. State Optional Retirement Program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="0D0FA90F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The South Carolina Retirement System shall establish the State Optional Retirement Program (State ORP), a defined contribution plan, for eligible employees defined in Section 9-20-10(2). An employee is not eligible to participate in the State ORP unless the employee is eligible for membership in the South Carolina Retirement System. The following retirement and death benefit payment options may be provided for a participant in the State ORP: annuities, lump-sum distributions, partial distributions, or peri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>odic withdrawals, whether through individual annuity contracts or mutual funds or individual certificates issued for group annuity contracts, fixed, or variable in nature, or a combination of them. Eligibility is determined solely by the South Carolina Retirement System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7897EAC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="4BCEC812" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 268, § 1, eff July 1, 2000; 2001 Act No. 54, § 2, eff July 1, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="707F0937" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="2A82C34F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-20-30. Administration of program; designation of investment companies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="7E4B175D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The South Carolina Retirement System shall provide for the administration of the State Optional Retirement Program under this chapter. The Director of the South Carolina Retirement System acting on behalf of the Board of Directors of the South Carolina Public Employee Benefit Authority shall designate no fewer than four companies to provide annuity contracts, mutual fund accounts, or similar investment products offered through state or national banking institutions, or a combination of them, under the prog</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ram. In making the designation, selection criteria must include:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="22B3BAD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the nature and extent of the rights and benefits to be provided by the contracts or accounts, or both, of participants and their beneficiaries;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="05E0DDF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) the relation of the rights and benefits to the amount of contributions to be made;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="47910C90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the suitability of these rights and benefits to the needs of the participants;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="7B34B330" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the ability and experience of the designated companies in providing suitable rights and benefits under the contracts or accounts, or both;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="054CA866" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the ability and experience of the designated companies to provide suitable education and investment options.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="11FF32B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Companies participating in the optional retirement program for publicly supported four-year and postgraduate institutions of higher education as of July 1, 2002, or the optional retirement program for teachers and school administrators as of July 1, 2001, may continue to participate in this program and participation is governed by their existing contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02E93BED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="57E3699D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 268, § 1, eff July 1, 2000; 2001 Act No. 54, § 2, eff July 1, 2001; 2012 Act No. 278, Pt IV, Subpt 2, § 59, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="155D5019" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="4FE6A3BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-20-40. Election of system; changing systems concurrent positions; open enrollment period.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="0E41A0DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) All eligible employees shall elect either to join the South Carolina Retirement System or to participate in the State ORP under this chapter within thirty days after entry into service. If an eligible employee fails to make the initial election within the required time, the employee is considered to have elected membership in the South Carolina Retirement System. An election made pursuant to this section must be made in writing and filed with the retirement system and the appropriate officer of the emp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>loyee's participating employer and is effective on the date of employment. A State ORP participant who accepts an additional concurrent position with an employer participating in the South Carolina Retirement System must enroll in the State ORP for the second position if the second position is eligible to participate in the State ORP. Also, a member of the South Carolina Retirement System who accepts an additional concurrent position with an employer participating in the South Carolina Retirement System mus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>t enroll in the South Carolina Retirement System with respect to that position. An eligible employee electing to participate in the State ORP assumes all investment risk. The election to participate in the State ORP is irrevocable except as set forth in subsections (B) and (C).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="42110332" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A State ORP participant may irrevocably elect to join the South Carolina Retirement System during any open enrollment period after the first annual anniversary but before the fifth annual anniversary of the person's initial enrollment in the State ORP. The State ORP participant shall become a member of the South Carolina Retirement System effective on the first of April following the participant's election to join the South Carolina Retirement System under this subsection. For purposes of this subsecti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>on, the date of initial enrollment in the State ORP for employees who previously participated in the Optional Retirement Program for Teachers and School Administrators or the Optional Retirement Program for Publicly Supported Four-Year and Postgraduate Institutions of Higher Education is the date of initial enrollment in these programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="1CBBF75D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Any participant in the State Optional Retirement Program who was a participant in the Optional Retirement Program for Publicly Supported Four-Year and Postgraduate Institutions of Higher Education may irrevocably elect to participate in the South Carolina Retirement System during the open enrollment period from January 1, 2004, to March 1, 2004. A State ORP participant electing to participate in the South Carolina Retirement System under this subsection shall become a member of the South Carolina Retir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ement System on April 1, 2004.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="3CF306CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) All participants in the Optional Retirement Program for Teachers and School Administrators on July 1, 2001, and the Optional Retirement Program for Publicly Supported Four-Year and Postgraduate Institutions of Higher Education on July 1, 2002, thereafter are participants in the State ORP.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33F344D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="64FFC7B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 268, § 1, eff July 1, 2000; 2001 Act No. 54, § 2, eff July 1, 2001; 2003 Act No. 77, § 7, eff June 27, 2003.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6EFC3D42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="59DA1944" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-20-50. Contributions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...76 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="0B27E667" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Each participant shall contribute monthly to the program the same amount he would be required to contribute to the South Carolina Retirement System if the participant were a member of that system. Participant contributions must be made by employer pick up in accordance with Section 9-1-1160(B) and any applicable provisions of the Internal Revenue Code of 1986. Each employer shall contribute on behalf of each participant five percent of compensation. Deductions must not be made from this five percent contri</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>bution. Each employer shall remit to the designated companies for application to participants' contracts or accounts, or both, an amount equal to the participant's contribution plus the employer's contribution in accordance with the guidelines established by the Internal Revenue Service for payroll tax remittance. The employer shall remit to the retirement system the percentage of the employee's compensation that is the difference between the system employer contribution rate set in Section 9-1-1175 and the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> five percent allocated to member accounts in this section in accordance with the guidelines established for remitting retirement contributions to the South Carolina Retirement System. The South Carolina Retirement System may retain from this employer contribution an amount as determined by the director to defray any reasonable expenses incurred in performing services regarding the plan. These services may include, but are not limited to:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="4B97F1A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) participant education regarding the merits and risks associated with selection of defined contribution plans versus defined benefit plans;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="60D4E491" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) on-going investment education, where appropriate;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="4507412C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) recordkeeping; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="12D56D10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) monitoring contract compliance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43B6B96F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="0246E45B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 268, § 1, eff July 1, 2000; 2001 Act No. 54, § 2, eff July 1, 2001; 2005 Act No. 153, Pt II, § 5.B, eff July 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="702A6509" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="628B7734" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-20-60. Group life insurance benefits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="33E4D908" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Group life insurance benefits may be paid by the State for service rendered while participating in the State ORP under the same requirements set out for participants in the South Carolina Retirement System's defined benefit plan pursuant to Section 9-1-1770. However, a postretirement group life insurance benefit must not be paid by the State for service rendered while participating in the State ORP. Employers shall remit the same contribution for the group life insurance benefit that employers would have c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ontributed had the eligible employee chosen to be a member of the South Carolina Retirement System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24E469C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="6352F918" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 268, § 1, eff July 1, 2000; 2001 Act No. 54, § 2, eff July 1, 2001; 2003 Act No. 77, § 8, eff June 27, 2003.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1743,51 +1602,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2224,66 +2083,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>