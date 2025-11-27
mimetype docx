--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,572 +1,543 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16ab504465cb4ae0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a9b69b522764fbc999adab231d6a432.psmdcp" Id="R2dc7f6b9c9bf44d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd9188dc64cf34be6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ff9ed714aa7444da901816d959de4b9.psmdcp" Id="Rf80d731eead94fa0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="551B1138" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4C9C817A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6E753276" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Uniformity of Legislation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="12FA042A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="65ED7E9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-21-10. Board of Commissioners for Promotion of Uniformity of Legislation in the United States.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2A7BE9D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Governor shall appoint three suitable persons who, with their successors, shall constitute a "Board of Commissioners for the Promotion of Uniformity of Legislation in the United States." Any vacancy in the Board shall be filled by the appointment by the Governor of a suitable person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="56516A53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="51590078" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-401; 1952 Code § 9-401; 1942 Code § 3440; 1932 Code § 3440; Civ. C. '22 § 1049; Civ. C. '12 § 926; 1909 (26) 127.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5EE248FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="74839120" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-21-20. Duty of Board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7A47F14A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Board shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="70C40D16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Examine the subjects of insolvency, the descent and distribution of property, the execution and probate of wills and other subjects upon which uniformity of legislation in the various states and territories of the union is desirable but which are outside the jurisdiction of the Congress of the United States;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="262A890E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) Confer upon these matters with the commissioners appointed by other states and territories for the same purpose;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3E83E6B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Consider and draft uniform laws to be submitted for approval and adoption of the several states; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5FB9B54C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Generally devise and recommend such other or further course of action as shall accomplish the purposes of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B83EB72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4E2860A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-402; 1952 Code § 9-402; 1942 Code § 3441; 1932 Code § 3441; Civ. C. '22 § 1050; Civ. C. '12 § 927; 1909 (26) 127.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47584417" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="29E69670" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-21-30. Record; annual report.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="05246709" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The Board shall keep a record of all its transactions and shall at each regular session of the legislature in each year, and may at any other time, make a report of its doings and of its recommendations to the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A3784C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="30364E1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 9-403; 1952 Code § 9-403; 1942 Code § 3442; 1932 Code § 3442; Civ. C. '22 § 1051; Civ. C. '12 § 928; 1909 (26) 127.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -577,51 +548,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1058,66 +1029,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>