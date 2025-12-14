--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -1,248 +1,241 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d8ce1d6ed224665" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b368772acf604eb2b6de0eb6e4406ce6.psmdcp" Id="R45ff3b270b284821" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re888658d20c344b9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6a4139ce88f438c8cf826953a879b9a.psmdcp" Id="R30e072db8a9d4c28" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00452FF4" w:rsidRDefault="00452FF4" w14:paraId="068A80BB" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="26541532" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="62476026" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 21</w:t>
-[...6 lines deleted...]
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Future Volunteer Firefighters Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00452FF4" w:rsidRDefault="00452FF4" w14:paraId="6E5E03F3" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="238D524D" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00452FF4" w:rsidRDefault="00452FF4" w14:paraId="283FE938" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="3D090D5C" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 41-21-110. Junior Firefighters Program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="0E8F8126" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>Future Volunteer Firefighters Act</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(A) The Director of the Department of Labor, Licensing and Regulation, in cooperation with the State Firefighters Association, may establish a junior firefighters program, consistent with all applicable state and federal child labor laws, for the purpose of encouraging, educating, and training qualified youth to enter the fire service as a career. Notwithstanding any other provision of law, qualified youth under eighteen years of age shall be allowed to participate in training activities offered by local fi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>re departments, the Office of the State Fire Marshall, and the Department of Labor, Licensing and Regulation. As used in this subsection, the term "qualified youth" means an uncompensated fire department or rescue squad member who is between fourteen and eighteen years of age.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="5D7E8702" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...84 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Participants in the junior firefighters program are not considered employees of the State and are not considered eligible for unemployment compensation upon termination from the program; however, participants are entitled to all other work benefits, including workers' compensation or its equivalent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B6BEC91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004C2EA8" w:rsidRDefault="004C2EA8" w14:paraId="446B60F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 159, § 2, eff May 12, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -253,51 +246,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -734,66 +727,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>