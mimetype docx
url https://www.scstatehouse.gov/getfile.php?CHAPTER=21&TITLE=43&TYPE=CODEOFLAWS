--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,4929 +1,5595 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R78c501106a1a44f5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa4ae9b58d7f48fd804d94dafd010dce.psmdcp" Id="R023f33b90c094de8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5235b46ea56d443a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/167ef2c0998e45d1a7fd34d86e821ce7.psmdcp" Id="R6ae68ad4f2ab4ff1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00521190" w:rsidRDefault="00521190" w14:paraId="5EA30EAF" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="14EAD9D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="27C0AFD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Department and Advisory Council on Aging</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="407CD767" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4D3143E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-10. Department on Aging created; Advisory Council on Aging; membership, qualifications; appointment; election of chair; compensation and meetings of council; rules and procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7910FACB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created the Department on Aging. The department must be supported by an Advisory Council on Aging consisting of one member from each of the ten planning and service areas and five members from the State at large. The director of the department shall provide statewide notice that nominations may be submitted to the director from which the Governor shall appoint the members of the council. The members must be citizens of the State who have an interest in and a knowledge of the problems of an aging p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>opulation. In making appointments to the council, consideration must be given to assure that the council is composed of appointees who are diverse in age, who are able and disabled, and who are active leaders in organizations and institutions that represent different concerns of older citizens and their families. The chair must be elected by the members of the advisory council from its members for a term of two years and until a successor is elected. Members of the council shall serve without compensation b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ut shall receive mileage and subsistence authorized by law for members of boards, commissions, and committees. The advisory council shall meet at least once each quarter and special meetings may be called at the discretion of the director of the department. Rules and procedures must be adopted by the council for the governance of its operations and activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E576227" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0BFC9657" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.21; 1971 (57) 385; 1986 Act No. 428, § 1, eff July 1, 1986; 1993 Act No. 181, § 1016, eff July 1, 1993; 1995 Act No. 30, § 1, eff April 10, 1995; 2008 Act No. 273, § 7, eff June 4, 2008; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009; 2018 Act No. 261 (S.107), Pt I, § 6, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="06B4FB71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2D87C842" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 6, in the first sentence, substituted "the Department on Aging" for "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>in the Office of the Lieutenant Governor, the Division on Aging"; in the second sentence, substituted "The department" for "The division" and deleted "under the Division on Aging" following "planning and service areas"; in the third sentence, substituted "The director of the department" for "The director of the division" and substituted "Governor" for "Lieutenant Governor" following "to the director from which the"; and in the eighth sentence, substituted "department" for "division" at the end.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="703FDE33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1FEEE4FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-20. Terms of members; vacancies; termination of appointments.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2C6F1F5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The members of the advisory council shall serve for terms of four years and until their successors are appointed and qualify. The terms of the members expire on June thirtieth and all vacancies must be filled in the manner of the original appointment for the unexpired portion of the term only. No member may serve more than two consecutive terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="21E03A38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Governor may terminate a member of the council for any reason pursuant to the provisions of Section 1-3-240, and the reason for the termination must be communicated to each member of the council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E516FFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="55A02D79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.22; 1971 (57) 385; 1986 Act No. 428, § 2, eff July 1, 1986; 1993 Act No. 181, § 1017, eff July 1, 1993; 1995 Act No. 30, § 2; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009; 2018 Act No. 261 (S.107), Pt I, § 7, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="683D7C3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3B3A99F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 7, in the second undesignated paragraph, substituted "The Governor" for "The Lieutenant Governor".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2CB23396" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="539B50F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-30. Reserved.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="49126F83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6DC5EF52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5F992CB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2008 Act No. 353, § 2 Pt 25. C, effective July 1, 2009, designated this section as "Reserved."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="543D1068" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 43-21-30, repealed by 1993 Act No. 181, § 1617(A), was entitled "Meeting; quorum; vice-chairman and other officers; bylaws", was derived from 1986 Act No. 428, § 3, and pertained to the Commission on Aging.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03A58ED4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="69A7509C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-40. Department shall be State agency to implement and administer aging programs of Federal Government; powers and duties generally.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="06591959" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department shall be the designated state agency to implement and administer all programs of the federal government relating to the aging, requiring acts within the State which are not the specific responsibility of another state agency under the provisions of federal or state law. The department may accept and disburse any funds available or which might become available pursuant to the purposes of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4B140364" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department shall study, investigate, plan, promote, and execute a program to meet the present and future needs of aging citizens of the State, and it shall receive the cooperation of other state departments and agencies in carrying out a coordinated program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="331189FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>It shall also be the duty of the department to encourage and assist in the development of programs for the aging in the counties and municipalities of this State. It shall consult and cooperate with public and voluntary groups, with county and municipal officers and agencies, and with any federal or state agency or officer for the purpose of promoting cooperation between state and local plans and programs, and between state and interstate plans and programs for the aging.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6ABE7362" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Without limiting the foregoing, the department is specifically authorized to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="154286A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) initiate requests for the investigation of potential resources and problems of the aging people of the State, encourage research programs, initiate pilot projects to demonstrate new services, and promote the training of personnel for work in the field of aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="49D8DED4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) promote community education in the problems of older people through institutes, publications, radio, television, and the press;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6EA4ABF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) cooperate with, encourage, and assist local groups, both public and voluntary, which are concerned with the problems of the aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="21ABB110" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) encourage the cooperation of agencies in dealing with problems of the aging and offer assistance to voluntary groups in the fulfillment of their responsibility for the aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="462535FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) serve as a clearinghouse for information in the field of aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="43F79BE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) appoint such committees as it deems necessary for carrying out the purposes of this chapter, such committee members to serve without compensation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="050CCE2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) engage in any other activity deemed necessary by the department to promote the health and well-being of the aging citizens of this State, not inconsistent with the purposes of this chapter or the public policies of the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7294476A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) certify homemakers and home health aides pursuant to the Federal Omnibus Budget Reconciliation Act of 1987 and subsequent amendments to that act and through regulations promulgated in accordance with the Administrative Procedures Act establish and collect fees for the administration of this certification program. Fees collected must be placed on deposit with the State Treasurer. Accounting records must be maintained in accordance with the Comptroller General's policies and procedures. Unused fees may b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e carried forward to the next fiscal year for the same purpose;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6D8A256B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) award grants and contracts to public and private organizations for the purpose of planning, coordinating, administering, developing, and delivering aging programs and services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4788A0D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(j) designate area agencies on aging as required by the Older Americans Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7F25BFCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(k) administer the Senior Citizens Center Permanent Improvement Fund established pursuant to Section 12-21-3441 and community services programs in accordance with Section 12-21-3590.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="142D732C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="70732ADB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.24; 1971 (57) 385; 1992 Act No. 359, § 1, eff May 4, 1992; 1993 Act No. 181, § 1018, eff July 1, 1993; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="01F87D7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="64E1D1B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references to "Department on Aging" and "department" were substituted for "Division on Aging" and "division" to comply with amendments made by 2018 Act No. 261.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="269891DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3533D0C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-45. Area agencies on aging; focal points; duties of focal points.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1F5682D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department on Aging shall designate area agencies on aging, and area agencies on aging shall designate focal points. Focal points shall provide leadership on aging issues in their respective communities and shall carry out a comprehensive service system for older adults or shall coordinate with a comprehensive service system in providing services for older adults. The area agencies on aging represent the regional level of the state aging network and the focal points represent the local level of the sta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>te aging network.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A96AFB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="386C1F06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1994 Act No. 336, § 1, eff April 20, 1994; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009; 2018 Act No. 261 (S.107), Pt I, § 8, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7E326478" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="11F68B62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 8, in the first sentence, substituted "The Department on Aging shall" for "The Office of the Lieutenant Governor, Division on Aging, shall", and made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B5688ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2CF2E79F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-50. Receipt of grants-in-aid, gifts or the like; title to property received.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2109581E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department may receive on behalf of the State any grant or grant-in-aid from government sources, or any grant, gift, bequest, or devise from any other source. Title to all funds and other property received pursuant to this section shall vest in the State unless otherwise specified by the grantor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="111B7C7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="100AE0D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.25; 1971 (57) 385; 1993 Act No. 181, § 1019, eff July 1, 1993; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5786E7A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1A33D73B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references to "Department on Aging" and "department" were substituted for "Division on Aging" and "division" to comply with amendments made by 2018 Act No. 261.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20E1A331" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="757D0D9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-60. Submission and contents of annual report.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="00CA2122" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department on Aging shall submit an annual report to the Governor and to the General Assembly on or before January first of each year. The report shall deal with the present and future needs of the elderly and with the work of the department during the year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C44CA51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="215C7089" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.26; 1971 (57) 385; 1986 Act No. 428, § 4, eff July 1, 1986; 1993 Act No. 181, § 1020, eff July 1, 1993; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009; 2018 Act No. 261 (S.107), Pt I, § 9, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2258A866" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7E0F8320" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 9, in the first sentence, substituted "The Department on Aging" for "The division" and "Governor" for "Lieutenant Governor", and in the second sentence, substituted "department" for "division".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42C70A2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5CA93688" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-70. Employment of director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="54C8CB83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Governor shall appoint with the advice and consent of the Senate a director to be the administrative officer of the Department on Aging who shall serve at the Governor's pleasure and who is subject to removal pursuant to the provisions of Section 1-3-240.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A914B6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="758BE703" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.27; 1971 (57) 385; 1986 Act No. 428, § 5, eff July 1, 1986; 1993 Act No. 181, § 1021, eff July 1, 1993; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009; 2018 Act No. 261 (S.107), Pt I, § 10, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2F332C11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2B1938F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 10, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B5F70BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="502A215C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-80. Appointment and compensation of personnel and consultants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="581A7393" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The director shall appoint any other personnel and consultants considered necessary for the efficient performance of the duties prescribed by this chapter and shall fix the compensation therefore in accordance with the Human Resource Management Division of the State Department of Administration and Merit System requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D67237E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="57DC2048" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.28; 1971 (57) 385; 1986 Act No. 428, § 6, eff July 1, 1986; 1993 Act No. 181, § 1022, eff July 1, 1993; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="671FE7B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="60C2640E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references in this section to the offices of the former State Budget and Control Board, Office of the Governor, or other agencies, were changed to reflect the transfer of them to the Department of Administration or other entities, pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), effective July 1, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="243114D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="06C6D5EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-100. Preparation and approval of budget.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="696A0489" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department on Aging shall prepare the budget for its operation which must be submitted to the Governor and to the General Assembly for approval.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62C671E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="67C46D09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.29; 1971 (57) 385; 1986 Act No. 428, § 7, eff July 1, 1986; 1993 Act No. 181, § 1023, eff July 1, 1993; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009; 2018 Act No. 261 (S.107), Pt I, § 11, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="576B8176" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="25738C9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 11, substituted "The Department on Aging" for "The division" and "Governor" and "Lieutenant Governor".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FBED759" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="46E1CCDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-110. Annual appropriation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5511B805" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The General Assembly shall provide an annual appropriation to carry out the work of the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E459D43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0D71AEBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.30; 1971 (57) 385; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76F76EC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4FD7C5BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-120. Coordinating council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1A74E1AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created the Coordinating Council to the Department on Aging to work with the department on the coordination of programs related to the field of aging, and to advise and make pertinent recommendations, composed of the following: the Director of the Department of Health and Environmental Control, the State Director of Social Services, the Office Director of the Office of Mental Health, the Superintendent of Education, the Director of the State Department of Labor, Licensing and Regulation, the Execu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">tive Director of the South Carolina State Department of Employment and Workforce, the Secretary of Commerce, the Commissioner of the State Department of Vocational Rehabilitation, the Director of the Clemson University Extension Service, the Director of the South Carolina Department of Parks, Recreation and Tourism, the Director of the South Carolina Retirement System, the Executive Director of the South Carolina Municipal Association, the Executive Director of the State Office of Economic Opportunity, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Executive Director of the South Carolina Association of Counties, the Commissioner of the Commission for the Blind, the Director of the Department of Health and Human Services, the Office Director of the Office of Substance Use Services, and the Chairperson of the Commission on Women.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7D2D5AFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council shall meet at least once each six months and special meetings may be called at the discretion of the chairman or upon request of a majority of the members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5E068E97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The chairman of the advisory commission and the director of the Department on Aging, who shall serve as secretary to the council, shall attend the meetings of the council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0B5314DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The director of each agency or department making up the council shall serve as chairman of the council for a term of one year. The office of chairman is held in the order in which the membership of the council is listed in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4441F1ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7C94D32D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 71-300.31; 1971 (57) 385; 1972 (57) 2382; 1986 Act No. 428, § 8, eff July 1, 1986; 1993 Act No. 181, § 1024, eff July 1, 1993; 1994 Act No. 361, § 8, eff May 3, 1994; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="217FB9FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="761285A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2AC10082" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references to "Department on Aging" and "department" were substituted for "Division on Aging" and "division" to comply with amendments made by 2018 Act No. 261.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B5E8A18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="20CC8542" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-130. Long Term Care Council; membership; meetings; reports.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="73896A96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) There is created the Long Term Care Council (council) composed of the following voting members:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="55AA22F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the Governor or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7A568DA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the Director of the Department of Social Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1FE6B226" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the Director of the Department of Health and Environmental Control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3EB25723" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the Office Director of the Office of Mental Health;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5E25CFDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the Office Director of the Office of Intellectual and Developmental Disabilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="46134CF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) the Director of the Division on Aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="01CA54B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) the Director of the Department of Health and Human Services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="56F7E03E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) the Chairman of the Joint Legislative Health Care Planning and Oversight Committee, or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="59473A58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) the Chairman of the Joint Legislative Committee on Aging, or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="384AB09E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) one representative of each of the following groups appointed by the Lieutenant Governor annually:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="71981FB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) long term care providers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3815942D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) long term care consumers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0DCEA7B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(c) persons in the insurance industry developing or marketing a long term care product.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3A607CB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) Each director serving as a council member may authorize in writing a designee to vote on his behalf at two meetings a year. Members appointed by the Lieutenant Governor to represent private groups serve without compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6ED8238C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The council shall meet at least quarterly, provide for its own officers, and make an annual report to the General Assembly before January second each year. This report must include new council recommendations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C5F92FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="65E373AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 174 § 1, eff June 30, 1987; 1991 Act No. 37, § 1, eff April 24, 1991; 1993 Act No. 181, § 1025, eff July 1, 1993; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009; 2018 Act No. 261 (S.107), Pt I, § 12, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="53FE5E67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="763F90D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="612B0DFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2863F472" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 12, in (A)(1), substituted "the Governor" for "the Lieutenant Governor".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01FB0133" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="48389B34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-140. Purpose and duties of council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="56B6DD04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council has no authority to direct or require any implementing action from any member agency. The council shall identify future policy issues in long term care and may conduct research and demonstration activities related to these issues. Through close coordination of each member agency's planning efforts, the council shall develop recommendations for a statewide service delivery system for all health-impaired elderly or disabled persons, regardless of the persons' resources or source of payment. These</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> recommendations must be updated annually as needed. The service delivery system must provide for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="18AE9F7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) charges based on ability to pay for persons not eligible for Medicaid;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="56A6F583" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) coordination of community services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3BCA1EF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) access to and receipt of an appropriate mix of long term care services for all health-impaired elderly or disabled persons;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="38A26052" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) case management; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2142F767" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) discharge planning and services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4C27F73E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The council, through its member agencies, shall study and make recommendations concerning the costs and benefits of: adult day care centers, in-home and institutional respite care, adult foster homes, incentives for families to provide in-home care, such as cash assistance, tax credits or deductions, and home-delivered services to aid families caring for chronically impaired elderly relatives.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3536C24B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="072DBD62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 174 § 1, eff June 30, 1987; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="07CFD66F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="772A241E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-150. Educational and informational program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="21D60085" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department on Aging, with the cooperation of the Long Term Care Council and the Department of Insurance, shall develop and implement a program to educate citizens concerning:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3EEDB05D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) the availability of long term care services;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="044DD659" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the lifetime risk of spending some time in a nursing home;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4205B8C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the coverage available for long term care services through Medicare, Medicaid, and private insurance policies, and the limitations of this coverage; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="175E7304" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the availability of home equity conversion alternatives, such as reverse annuity mortgages and sale-leaseback arrangements, in this State and the risks and benefits of these alternatives.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="73DDD60E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This program must be made a part of the Preretirement Education Program of the South Carolina Retirement Systems.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="474B5D84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="21761C70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 165 § 1, eff June 10, 1987; 1993 Act No. 181, § 1026, eff July 1, 1993; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4319E498" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7C86AF8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references to "Department on Aging" and "department" were substituted for "Division on Aging" and "division" to comply with amendments made by 2018 Act No. 261.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5193E0A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="34546EA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-160. Eldercare Trust Fund created; funding; purpose; administration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="49506961" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is created the Eldercare Trust Fund of South Carolina to be administered by the South Carolina Department on Aging.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1AB12A27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) All monies received from the voluntary contribution system established in Section 12-7-2419 or any other contribution, gift, or bequest must be placed on deposit with the State Treasurer in an interest-bearing account.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="396C2A7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C) These funds must be used to award grants to public and private nonprofit agencies and organizations to establish and administer innovative programs and services that assist older persons to remain in their homes and communities with maximum independence and dignity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="37CA0D0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The Eldercare Trust Fund shall supplement and augment programs and services provided by or through state agencies but may not take the place of these programs and services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="542D8BC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The South Carolina Department on Aging shall carry out all activities necessary to administer the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F3CA182" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5A41CED6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 501, Part II § 62B, eff July 1, 1992; 1993 Act No. 181, § 1027, eff July 1, 1993; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="092FF726" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7672440A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references to "Department on Aging" and "department" were substituted for "Division on Aging" and "division" to comply with amendments made by 2018 Act No. 261.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55E46177" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4D334083" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-170. Administration of Eldercare Trust Fund; powers of department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4D6D74C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>In administering the Eldercare Trust Fund, the department may, but is not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="02B262A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) assess the critical needs of the frail elderly and establish priorities for meeting these needs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6EE1EC65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) receive gifts, bequests, and devises for deposit and investment into the trust fund for awarding grants to public and private nonprofit organizations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="093ACE24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) solicit proposals for programs that are aimed at meeting identified service needs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="71C18DAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) provide technical assistance to public and private nonprofit organizations, when requested, in preparing proposals for submission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="3A0717E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) establish criteria for awarding grants; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="071BC3EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) enter into contracts for the awarding of grants to public and private nonprofit organizations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="61C44110" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="19851722" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 501, Part II § 62B, eff July 1, 1992; 1993 Act No. 181, § 1028, eff July 1, 1993; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="474892E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="57C9321D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references to "Department on Aging" and "department" were substituted for "Division on Aging" and "division" to comply with amendments made by 2018 Act No. 261.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="624B8126" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5C1C5875" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-180. Portion of fund available for disbursement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4682E853" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Funds deposited in the trust fund and all earnings from the investment of these funds, after allowances for operating expenses, are available for disbursement upon authorization of the department. However, in any year in which more than two hundred thousand dollars is deposited in the trust fund, twenty-five percent of the amount over two hundred thousand dollars and earnings from the investment of these funds must be placed in a separate account. When the assets of this separate account exceed five millio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>n dollars, no further deposits are required to be made to the separate account and all future earnings from the investment of the monies in this separate account also are available for distribution upon authorization of the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B9E55AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="31F7ED5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 501, Part II § 62B, eff July 1, 1992; 1993 Act No. 181, § 1029, eff July 1, 1993; 1995 Act No. 10, § 1, eff March 7, 1995; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2EAFDFC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5846A9B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references to "Department on Aging" and "department" were substituted for "Division on Aging" and "division" to comply with amendments made by 2018 Act No. 261.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D1106DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="359BFE5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-190. Model legislature on aging issues.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="22307B22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created a model legislature on aging issues to be administered by the South Carolina Silver Haired Legislature, Inc. This model legislature shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7CD97586" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) identify issues, concerns, and possible solutions for problems facing the aging population in South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="05B8FDD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) make recommendations to the Governor and members of the General Assembly and to the Joint Legislative Committee on Aging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="655BE942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) arrange educational forums to explore issues related to older South Carolinians;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="661C8C09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) promote good government for all South Carolinians.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2DFD6098" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The participants must be sixty years of age or older and must be selected pursuant to procedures adopted by the South Carolina Silver Haired Legislature, Inc. in coordination with the state's network of aging programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5CE16A7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The nonpartisan model legislature shall conduct its general assembly annually.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C9709EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0517D7A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1999 Act No. 84, § 1, eff June 11, 1999; 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009; 2018 Act No. 261 (S.107), Pt I, § 13, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="06D35933" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="34BF748D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 13, in (2), substituted "the Governor" for "the Lieutenant Governor".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C593A9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6C3EB0A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 43-21-200. Physicians trained in geriatrics or geropsychiatry; student loan repayment program; Physician Advisory Board created to review applicants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="60EB1ED4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is established within the Department of Aging the State Loan Repayment Program to reimburse student loan payments of a physician licensed or certified to practice in this State, who has completed a fellowship training program in geriatrics or geropsychiatry accredited by the Accreditation Council for Graduate Medical Education, is accepted into the program, and contracts with the department as provided in subsection (C) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="071C4C37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) To assist the department in selecting program participants, there is established the Physician Advisory Board to review applicants for the repayment reimbursement program. The board consists of five members, one each appointed by the department to represent:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="36B7218B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the South Carolina Medical Association;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="224616C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the South Carolina Commission on Higher Education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4630479D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the Medical University of South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5500320C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the School of Medicine of the University of South Carolina; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="6AD6BFF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) a fellow in geriatrics or geropsychiatry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="367E25BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Board members serve at the pleasure of the department and without compensation, but may receive the mileage, subsistence, and per diem allowed by law for members of boards, committees, and commissions, to be paid from approved accounts of the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...80 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="58706842" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(2) The board shall meet as necessary to review program applications and from among these applications recommend program candidates to the department. No physician may participate in the program who has not been recommended by the board. In considering applications, the board shall consider demonstrable need and make every effort to select those who intend to continue to practice in this State after completing the program. In order of priority in considering applicants for the program, the board shall cons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ider first South Carolina natives completing fellowship programs in this State, then out-of-state applicants completing fellowships in this State, then South Carolina natives completing out-of-state fellowship programs, and finally out-of-state applicants completing out-of-state fellowships.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1EA5259D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C)(1) A physician accepted for the program shall execute a contract with the department in which the physician agrees:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="71091AB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) to practice in this State for no fewer than five consecutive years immediately following completion of his or her fellowship;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7D8D7E2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) to accept Medicare and Medicaid patients;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="4ABC08BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) to accept reimbursement or contractual binding rates; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="2178EC8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) not to discriminate against patients based on the ability to pay.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="5AB3C4DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Upon execution of the contract, the department shall reimburse student loan payments made by the physician during the last completed calendar quarter. No more than four physicians a year may participate in the program unless sufficient funding is available to reimburse, in accordance with this section, more than four physicians a year. The total amount that may be reimbursed to one physician is thirty-five thousand dollars multiplied by the number of years of the fellowship completed, prorated for peri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ods less than one year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="731ECBBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) If the department determines that the physician is not in compliance with the contract, it shall refer this matter to the Physicians Advisory Board, which shall recommend an appropriate penalty which may be imposed by the department for noncompliance, which must be an amount not to exceed three times the total of reimbursement received plus interest at the prime rate plus ten percent calculated from the date noncompliance was determined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="7DC4E197" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The department shall prescribe the form of applications and the procedures for reimbursement and may require such information and documentation as it determines appropriate for these applications and reimbursements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="27A7338A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The General Assembly, in the annual general appropriations act, shall appropriate the funds necessary for the operation of the State Loan Repayment Program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40F0FAE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="04B86300" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 165, § 1, eff upon approval (became law without the Governor's signature on June 14, 2005); 2008 Act No. 353, § 2, Pt 25C, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="0CFF8BCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008A4B30" w:rsidRDefault="008A4B30" w14:paraId="1CC41A2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references to "Department on Aging" and "department" were substituted for "Division on Aging" and "division" to comply with amendments made by 2018 Act No. 261.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4934,51 +5600,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -5415,66 +6081,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>