--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -1,3433 +1,3168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R69c4cb2a9b4340df" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a89ba0abe6d4552b5e7f375d69e87d0.psmdcp" Id="Rcf276f77c15b4862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc072c895ccf74ff9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd25985c71544900ad95ca55dd6665ba.psmdcp" Id="R3e8eed3d09e44e2f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00575413" w:rsidRDefault="00575413" w14:paraId="154FDABB" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="13B928F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="271FD354" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Farm Animal, Crop Operation, and Research Facilities Protection Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="65668212" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="17316E9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="2792FB26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Citation and Definitions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="5A1DBF7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="663C7A7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7F5EC847" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "Farm Animal, Crop Operation, and Research Facilities Protection Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00E23BA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7E7A652E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 327, § 1, eff April 10, 1992; 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CA60A5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0EEB08BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="25AC724C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="266CD881" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Actor" means a person accused of any of the offenses defined in this chapter.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="58335AEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Animal" means a warm- or cold-blooded animal used in food or fiber production, agriculture, research, testing, or education, including poultry, fish, and insects.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="26CD6FF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Animal facility" includes a vehicle, building, structure, or premises where an animal is kept, tested, handled, housed, exhibited, bred, or offered for sale and includes a research facility where research or testing on animals is conducted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="1B934D83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Consent" means assent in fact, whether express or apparent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="62BEA761" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Crop operation" includes a vehicle, building, structure, or premises where a crop is raised, maintained, tested, handled, housed, exhibited, or offered for sale and includes a research facility where research on or testing of crops is conducted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="3A6058F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Deprive" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="13CC1AE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) to withhold an animal or other property from the owner permanently or for such an extended time that a major portion of the value or enjoyment of the animal or property is lost to the owner;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0BE7DBC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) to restore the animal or other property only upon payment for reward or other compensation; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="19CDBEE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(c) to dispose of an animal or other property in a manner that makes recovery of the animal or property by the owner unlikely.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="75F1FFA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Effective consent" includes consent by a person legally authorized to act for the owner. Consent is not effective if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="26B00E1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) induced by force, threat, false pretenses, or fraud;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="297C24AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) given by a person the actor knows is not legally authorized to act for the owner;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7FEEA341" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) given by a person who by reason of youth, mental disease or defect, or intoxication is known by the actor to be unable to make reasonable decisions; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="5792154F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(d) given solely to detect the commission of an offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="30AB515A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Owner" means a person who has title to the property, possession of the property, whether lawful or not, or a greater right to possession of the property than the actor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0764ADEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Person" means an individual, corporation, association, nonprofit corporation, joint-stock company, firm, trust, partnership, two or more persons having a joint or common interest, or other legal entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="247B0D8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Possession" means actual care, custody, control, or management.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AA5CAC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6FE9A9EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 327, § 1, eff April 10, 1992; 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="21316DB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="70D8540F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="10353D87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Animal Facilities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="2185C127" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="17A68C66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-30. Unlawful acquisition or exercise of control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="2B4308DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Without the effective consent of the owner, it is unlawful for a person to acquire or otherwise exercise control over an animal facility, an animal from an animal facility, or other property from an animal facility with the intent to deprive the owner of the facility, animal, or property, and to disrupt or damage the enterprise conducted at the animal facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2580C528" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7950BC7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 327, § 1, eff April 10, 1992; 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AD03ED2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0C385D98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-40. Unlawful damage or destruction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="231D9C7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Without the effective consent of the owner, it is unlawful for a person to damage or destroy an animal facility, an animal, or property in or on an animal facility with the intent to disrupt or damage the enterprise conducted at the animal facility.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FA61281" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="2289DA7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 327, § 1, eff April 10, 1992; 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E1700B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="01A0A1C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-50. Unlawful entry or concealed presence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="5F01C29E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Without the effective consent of the owner, and with the intent to disrupt or damage the enterprise conducted at the animal facility, it is unlawful for a person to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="107DA666" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) enter an animal facility, not then open to the public, with intent to commit an act prohibited by this section;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="564CA7EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) remain concealed, with intent to commit an act prohibited by this section, in an animal facility; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="3FF17CD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) enter an animal facility and commit or attempt to commit an act prohibited by this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B20E416" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="654B1898" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 327, § 1, eff April 10, 1992; 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E52EBAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="43B96190" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-60. Unlawful entry or presence with notice to not enter or leave.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="735470E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Without the effective consent of the owner, it is unlawful for a person to enter or remain in an animal facility with the intent to disrupt or damage the enterprise conducted at the animal facility, and the person:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="3613741B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) had notice that the entry was forbidden; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="795A9742" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) received notice to depart but failed to do so.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7B99B712" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For purposes of this section, "notice" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="650F87CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) oral or written communication by the owner or someone with apparent authority to act for the owner;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="05947FD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) fencing or other enclosure obviously designed to exclude intruders or to contain animals; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="634B0BFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a sign or signs posted on the property or at the entrance to the building, reasonably likely to come to the attention of intruders, indicating that entry is forbidden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25332FE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6E4F4AC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 327, § 1, eff April 10, 1992; 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="751BEFCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="767489C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-70. Exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="44562752" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter does not apply to, affect, or otherwise prohibit actions taken by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="41A490CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) the Department of Agriculture, any other federal, state, or local department or agency, or an official or employee of these entities while in the exercise or performance of a power or duty imposed by law or regulation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7190068D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a licensed veterinarian practicing veterinary medicine pursuant to Chapter 69, Title 40 and according to customary standards of care; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="5B0E1497" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a person holding a legal interest in an animal facility, an animal from an animal facility, or other property in or on an animal facility who has an interest in the facility, animal, or other property superior to the interest held by the person incurring damages.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50E9DF54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0379938C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 327, § 1, eff April 10, 1992; 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="799421BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7F5EFA44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-80. Violations; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="4F8B908C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A person violating Sections 47-21-30, 47-21-40, and 47-21-50 is guilty of a misdemeanor and, upon conviction, must be fined not more than ten thousand dollars or imprisoned not more than three years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="35095455" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person violating Section 47-21-60 is guilty of a misdemeanor and, upon conviction, must be fined not more than five thousand dollars or imprisoned not more than one year, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="345B41F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="195FFCB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 327, § 1, eff April 10, 1992; 1993 Act No. 184, § 102, eff January 1, 1994; 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="203103D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="10EC8E55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-90. Damages; attorney fees and costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="225C775A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>A person who suffers damages resulting from the commission of an act prohibited by this article has a civil cause of action for treble the amount of his actual damages, for consequential damages, for punitive damages, an injunction, and any other appropriate relief in law or equity. Upon prevailing in the civil action, the plaintiff may recover reasonable attorney's fees and costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6651BE76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="221BD35A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3FD8A737" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6AD13E55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="5E7DC6DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Crop Operations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="27079A76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7E7F9ED6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-200. Unlawful acquisition or exercise of control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="36C99059" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Without the effective consent of the owner, it is unlawful for a person to acquire or otherwise exercise control over a crop operation, a crop from a crop operation, or other property from a crop operation with the intent to deprive the owner of the operation, crop, or property, and to disrupt or damage the enterprise conducted at the crop operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="38080650" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="4B4819D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A702580" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="3AC6E52E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-210. Unlawful damage or destruction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="34080C37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Without the effective consent of the owner, it is unlawful for a person to damage or destroy a crop operation, a crop, or property in or on a crop operation with the intent to disrupt or damage the enterprise conducted at the crop operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="665B26A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7BC2D00D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D073A26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7CC021FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-220. Unlawful entry or concealed presence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="28812DEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Without the effective consent of the owner, and with the intent to disrupt or damage the enterprise conducted at the crop operation, it is unlawful for a person to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6825A25C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) enter a crop operation, not then open to the public, with intent to commit an act prohibited by this section;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="3F5F9496" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) remain concealed, with intent to commit an act prohibited by this section, in a crop operation; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="51CD7266" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) enter a crop operation and commit or attempt to commit an act prohibited by this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="13DC9C6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="642AC391" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4BE22A6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0E45CD39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-230. Unlawful entry or presence with notice to not enter or leave.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="568554EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Without the effective consent of the owner, it is unlawful for a person to enter or remain in a crop operation with the intent to disrupt or damage the enterprise conducted at the crop operation, and the person:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6A744C30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) had notice that the entry was forbidden; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6FB86119" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) received notice to depart but failed to do so.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="60BCE24A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For purposes of this section, "notice" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="011855B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) oral or written communication by the owner or someone with apparent authority to act for the owner;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7F71F20B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) fencing or other enclosure obviously designed to exclude intruders or to contain a crop; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="06F7B06C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a sign or signs posted on the property or at the entrance to the building, reasonably likely to come to the attention of intruders, indicating that entry is forbidden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="342E9AC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="49FE157E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50ACAB82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="497D300B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-240. Exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0B6CDBB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter does not apply to, affect, or otherwise prohibit actions taken by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="67941403" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the Department of Agriculture, any other federal, state, or local department or agency, or an official or employee of these entities while in the exercise or performance of a power or duty imposed by law or regulation; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="090CD0AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a person holding a legal interest in a crop operation, a crop from a crop operation, or other property in or on a crop operation who has an interest in the operation, crop, or other property superior to the interest held by the person incurring damages.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D4E0A3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="0FC3A5A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A93D12F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="3743EE92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-250. Violations; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="2791D8D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) A person violating Sections 47-21-200, 47-21-210, and 47-21-220 is guilty of a misdemeanor and, upon conviction, must be fined not more than ten thousand dollars or imprisoned not more than three years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7C91244F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person violating Section 47-21-230 is guilty of a misdemeanor and, upon conviction, must be fined not more than five thousand dollars or imprisoned not more than one year, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46180C8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="6E4FD359" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="778D6702" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="10811F4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 47-21-260. Damages; attorney fees and costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="1B43617E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A person who suffers damages resulting from the commission of an act prohibited by this article has a civil cause of action for treble the amount of his actual damages, for consequential damages, for punitive damages, an injunction, and any other appropriate relief in law or equity. Upon prevailing in the civil action, the plaintiff may recover reasonable attorney's fees and costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FFE9945" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002001BB" w:rsidRDefault="002001BB" w14:paraId="7DF10447" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 220, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3438,51 +3173,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3919,66 +3654,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>