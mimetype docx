--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,136 +1,470 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R89bc6da149524a53" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77d9bbc8063943ab9186bf731473a9a5.psmdcp" Id="R27bac3e40b70473b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf527c14ef06a4cc8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47d5b273699d4e38a152db48673be362.psmdcp" Id="Red548dc8d58b46d2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007449D4" w:rsidRDefault="007449D4" w14:paraId="31F803F5" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="226489A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="6A7DE00D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Interbasin Transfer of Water [Repealed]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="77F0E4D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="26CA0FC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>§§ 49-21-10 to 49-21-80. Repealed by 2010 Act No. 247, § 4.A, eff January 1, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="46E7F1BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="450F1783" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="0F63315B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="5C3C60CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="349A8E89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 49-21-10 was entitled "Definitions" and was derived from 1985 Act No. 90, § 1; 1993 Act No. 181, § 1249.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="7B074F45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="0A928554" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 49-21-20 was entitled "Permit required for certain transfers" and was derived from 1985 Act No. 90, § 1; 1993 Act No. 181, § 1249.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="5844536F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="2AF74450" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 49-21-30 was entitled "Application procedure; criteria; permit specifications; actions for loss of water rights" and was derived from 1985 Act No. 90, § 1; 1993 Act No. 181, § 1249.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="506AA812" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="393021D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 49-21-40 was entitled "Duration of permits; modification, suspension, or revocation; renewal; transfer" and was derived from 1985 Act No. 90, § 1; 1993 Act No. 181, § 1249.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="12EF7DEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="31A191A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 49-21-50 was entitled "Pre-existing transfer operations; relation of chapter to other regulatory provisions" and was derived from 1985 Act No. 90, § 1; 1993 Act No. 181, § 1249.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="061CEEC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="0BA2F14C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 49-21-60 was entitled "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Promulgation of regulations; designation of river basins" and was derived from 1985 Act No. 90, § 1; 1993 Act No. 181, § 1249.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="2E30BE75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="64C2A46F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 49-21-70 was entitled "Criminal penalties; injunctive relief" and was derived from 1985 Act No. 90, § 1; 1993 Act No. 181, § 1249.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="25E18510" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="6A34D7FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 49-21-80 was entitled "Negotiation of agreements; representation of State" and was derived from 1985 Act No. 90, § 1; 1993 Act No. 181, § 1249.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="718EC798" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -146,51 +480,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -627,66 +961,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>