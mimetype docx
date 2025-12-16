--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -1,406 +1,391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9804a1e32916483e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a01434b865d4363939fd5dc2fafbdda.psmdcp" Id="R72753159e19b486c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb7b34906db8640d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1b289b70a44425189e135a2ab522b8a.psmdcp" Id="Rf886a802f4c8448e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00502235" w:rsidRDefault="00502235" w14:paraId="16BE20E1" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="29552029" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="3978686B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 21</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Special Provisions Applicable to Election of State Senators and Members of House of Representatives</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="358221CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="087B7B00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 7-21-10. No person shall seek more than one office of State Senator in any year.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="4964F2D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person shall be permitted to seek more than one office of State Senator in any election year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5568173D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7F49AA4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 23-281; 1966 (54) 2093.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="692C9F3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="1B63849C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 7-21-20. Elections for State Senator shall be district-wide.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7044AA33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The election for the office of State Senator in all senatorial districts shall be district-wide.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F7B42FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="0992CBE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 23-282; 1966 (54) 2093.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40D5E8F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="2DDCE5D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 7-21-50. Application of provisions of this Title to office of State Senator and member of House of Representatives.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="6A957FE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All of the provisions of Title 7 of the 1976 Code governing a State office shall apply to the offices of State Senator and of member of the House of Representatives except in those instances in which special provision is made for such offices and in those instances such special provisions shall control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A304A0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="17DAAC07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-287; 1966 (54) 2093; 1974 (58) 2124.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -411,51 +396,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -892,66 +877,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>