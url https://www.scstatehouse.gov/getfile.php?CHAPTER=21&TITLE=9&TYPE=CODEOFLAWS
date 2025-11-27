--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,1705 +1,1777 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R56d172187d1f43ee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97cc34606f8240b0a820505549af1a6c.psmdcp" Id="R0104066e5b5044ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R24ea659046504e0e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a3d837a62c94270a3ded3a6b7248325.psmdcp" Id="R1812de9061654147" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00322D1C" w:rsidRDefault="00322D1C" w14:paraId="23EF350C" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="72C89191" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="12428AD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Retirement Systems Claims Procedures Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="6B3A05D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FCA7AA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="639374F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="7B27E84A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="43DF3671" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2008 Act No. 311, § 55, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="3A5DBE77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="46193A9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Upon the effective date of this act, Regulations 19-900 through 19-997 of the South Carolina Code of Regulations shall have no application whatsoever to the operation of Title 9 of the 1976 Code."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="6C317AD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2740E6DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="0F86D974" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-21-10. Title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="40C4A2D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "South Carolina Retirement Systems Claims Procedures Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11BE5B0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="7162CB00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 12, § 1, eff July 1, 2003.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="381CE7B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="70223057" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-21-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="1EFBFB47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="6F941ADE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Administrative Law Court" means the Administrative Law Court created pursuant to Section 1-23-500.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="348DF643" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Board" means the Board of Directors of the South Carolina Public Employee Benefit Authority.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="35EC19F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Claimant" means a member or a member's designated beneficiary who has filed a claim pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="51D7AA13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Director" means the Director of the South Carolina Retirement System, the South Carolina Police Officers System, the Retirement System for Members of the General Assembly, the Retirement System for Judges and Solicitors, and the National Guard Retirement System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="1B68119F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Exhaustion of agency remedy" means that the member has:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="1E9EE46C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) filed a timely claim pursuant to Section 9-21-50 containing the information required pursuant to that section;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="1A195A60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) participated in the agency claims procedure established by the board; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="3C877FB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) obtained a final retirement system decision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="62071648" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Member" means a participant in the South Carolina Retirement System, the South Carolina Police Officers System, the Retirement System for Members of the General Assembly, the Retirement System for Judges and Solicitors, the State Optional Retirement Program, the National Guard Retirement System, or a person claiming the status and entitlements of a "member".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="388F3B89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Member's designated beneficiary" or " beneficiary" means a person designated by a participant in the South Carolina Retirement System, the South Carolina Police Officers System, the Retirement System for Members of the General Assembly, the Retirement System for Judges and Solicitors, or the State Optional Retirement Program, to receive a benefit from the retirement systems or a person claiming the status and entitlements of a "member's designated beneficiary".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="1106F982" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "South Carolina Retirement Systems" or " retirement systems" means the division of the board administering the South Carolina Retirement System, the South Carolina Police Officers System, the Retirement System for Members of the General Assembly, the Retirement System for Judges and Solicitors, the State Optional Retirement Program, or the National Guard Retirement System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76AED956" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="61BCCE0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 12, § 1, eff July 1, 2003; 2005 Act No. 155, § 3, eff January 1, 2006; 2012 Act No. 278, Pt IV, Subpt 2, § 60, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FEF51EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="38390232" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-21-30. Scope of chapter; exclusive remedy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="46B7C0D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This chapter applies to a controversy or dispute between a member or a member's designated beneficiary and the retirement systems which arises pursuant to or by virtue of any of the provisions of this title. The procedures set forth in this chapter constitute the exclusive remedy for a dispute or controversy between the retirement systems and a member or a member's designated beneficiary arising pursuant to or by virtue of Title 9 of the Code of Laws of South Carolina, 1976. A claim presenting a dispute or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>controversy arising pursuant to or by virtue of this title must be resolved in accordance with the procedures and provisions provided in this chapter.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="023CDBBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="121B88A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 12, § 1, eff July 1, 2003.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08223A03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="1BCA7B7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-21-40. Who may prosecute claim.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="5862C55D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A claim brought pursuant to this chapter must be prosecuted by the member or the member's designated beneficiary, respectively, or by an attorney authorized by the member or the designated beneficiary, respectively. A member or member's designated beneficiary may not bring a claim under this chapter as a representative of any other member or any other member's designated beneficiary unless acting as the guardian ad litem for the real party in interest. A claim may not be prosecuted on behalf of a class.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33DCD208" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="2FD7859D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 12, § 1, eff July 1, 2003.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74CFEF03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="2EC14B63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-21-50. Claims concerning administrative decisions; time for filing; contents; procedure for resolution; retroactive benefits; final decisions adverse to claimant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="628627E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A member or the member's designated beneficiary shall file a claim concerning an administrative decision by the retirement systems arising pursuant to or by virtue of this title that adversely affects the personal interest of the member or the member's designated beneficiary by the filing of a written claim with the director within one year of the decision by the retirement systems.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="334AE7BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The written claim must set forth:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="746CA4D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the name, address, and social security number of the member; and if brought by the member's designated beneficiary, the name and social security number of the beneficiary;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="559A6D63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the basis of the claimant's dispute with the retirement systems;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="29D2D3A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a statement of facts supporting the claimant's position;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="0A79F81D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a statement outlining the reasons for the claim, including any law or authority upon which the claimant relies; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="55EF4C63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) any other relevant information that the retirement systems may reasonably prescribe.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="384D605B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(C) The retirement systems must resolve a claim filed pursuant to this chapter in accordance with the procedures established by the board. These procedures for review of claims must be adopted by the board in public session and made available to members. These procedures for dispute resolution adopted by the board must include and provide for an opportunity for the claimant to present the claim either in writing or in a conference, or both, before the issuance of a final agency determination. In addition, t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>he procedures must provide for informing the claimant of the evidence or information that was relied upon by the retirement systems in making its final decision. Notwithstanding any other provision of law, the procedures established by the board are not governed by either Article 1 or 3 of Chapter 23 of Title 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="01225BB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A claimant is not entitled to receive retroactive retirement benefits or any other monetary relief for a period that exceeds one year from the date of the filing of the claim under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="3A208B2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The retirement systems must make a determination concerning the claim at the conclusion of the internal agency process.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="0DBACDFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) A retirement system's final decision that is adverse to the claimant must be in writing and must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="5E57564C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) be sent by mail to the address provided the retirement systems by the claimant or delivered to the claimant;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="32E8B436" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) explain the basis of the retirement systems' decision; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="5CF24A7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) inform the claimant of the claimant's right to file an appeal with the Administrative Law Court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B7C4566" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="34FFF2B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 12, § 1, eff July 1, 2003.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33D60A89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="34354CCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-21-60. Review by Administrative Law Court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="1279586F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon exhaustion of the agency remedy set out in this chapter, a claimant may seek review of the retirement systems' final decision by filing a request for a contested case hearing with the Administrative Law Court within thirty calendar days after the claimant receives the retirement systems' final decision. The Administrative Law Court must review the decision of the retirement systems de novo in accordance with its rules of procedure. If a claimant requests consideration by the Administrative Law Court b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>efore having exhausted the claimant's agency remedy, the Administrative Law Court must dismiss the request without prejudice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CC1C57E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="3222886E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 12, § 1, eff July 1, 2003.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D18EE00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="22E82E1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 9-21-70. Appeals to court of appeals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="1D539A6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A claimant may appeal a final decision of the Administrative Law Court in a case brought pursuant to this chapter to the court of appeals pursuant to Section 1-23-380 and the South Carolina Appellate Court Rules. If a claimant brings an action covered by this chapter in the court of common pleas, the court must dismiss the case without prejudice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55067411" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="3C24D956" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 12, § 1, eff July 1, 2003; 2006 Act No. 387, § 10, eff July 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="4AEC9372" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="5C3BDBB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2006 Act No. 387, § 53, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00953738" w:rsidRDefault="00953738" w14:paraId="57D97A30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>This act is intended to provide a uniform procedure for contested cases and appeals from administrative agencies and to the extent that a provision of this act conflicts with an existing statute or regulation, the provisions of this act are controlling."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -1716,51 +1788,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2197,66 +2269,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>