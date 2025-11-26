--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,19009 +1,20283 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc0b8986172ec4105" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/60487177c61e49119b1453264e40e16f.psmdcp" Id="R29a4d8d97b5b463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbb08989b8cec48e2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90afd580203c4640a66f79c59ccd105c.psmdcp" Id="R5d12da5a1e5e4cf8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00634D04" w:rsidRDefault="00634D04" w14:paraId="0C919869" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="721C9CB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="38227175" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Motor Vehicle Carriers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="468B48A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0DD3A0D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4B3E2364" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>General Provisions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6761C00A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="35975377" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="50771ECC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in Articles 1 to 11 of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...97 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0325DACB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(1) The term "corporation" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means a corporation, company, association or joint stock association;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7DD83A49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(2) The term "person" means an individual, a firm or a copartnership;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="478B0BD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The term "Commission" means the Public Service Commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5C425CDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) The term "motor vehicle carrier" means every corporation or person, their lessees, trustees or receivers, owning, controlling, operating or managing any motor propelled vehicle, not usually operated on or over rails, used in the business of transporting persons or property for compensation over any improved public highway in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3AD5E650" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) The term "trailer" means a vehicle equipped to carry a load and which is attached to and drawn by a motor vehicle and trailers shall be classed as motor vehicles and subject to the provisions of Articles 1 to 11 of this chapter; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7B35D63C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) The term "improved public highway" means every improved public highway in this State which is or may hereafter be declared to be a part of the State Highway System or any county highway system or a street of any city or town.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5EB492CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) The term "ridesharing" means an arrangement for the transportation of not more than fifteen persons on a nonprofit basis utilizing a motor vehicle of which operating costs and a reasonable depreciation cost for such vehicle are paid principally by those people utilizing such arrangement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0127549B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) The term "regulatory staff" means the executive director or the executive director and employees of the Office of Regulatory Staff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20D74219" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6C03E207" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1401; 1952 Code § 58-1401; 1942 Code § 8507; 1932 Code § 8507; 1925 (34) 252; 1928 (35) 1238; 1935 (39) 25; 1979 Act No. 152 § 2, eff July 6, 1979; 2006 Act No. 318, § 143, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17F6B981" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="765B4CCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-20. Transportation by motor vehicle for compensation regulated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="085B90BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No corporation or person, his lessees, trustees, or receivers may operate a motor vehicle for the transportation of persons, hazardous waste for disposal, or household goods for compensation on an improved public highway in this State except in accordance with the provisions of this chapter, except where the use of a motor vehicle is incidental only to the operation, and any such operation is subject to control, supervision, and regulation by the commission in the manner provided by this chapter. The commi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ssion may not fix or approve the rates, fares, or charges for Class A, B, C, D, E, or F certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A42A65A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4D0DC5A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1402; 1952 Code § 58-1402; 1942 Code § 8508; 1932 Code § 8508; 1925 (34) 252; 1930 (36) 1327; 1989 Act No. 184, § 5, eff June 8, 1989; 2022 Act No. 214 (S.1045), § 1, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1DF4DFB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="100653A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 1, in the first sentence, substituted ", hazardous waste for disposal, or household goods" for "or property", in the second sentence, substituted "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Class A, B, C, D, E, or F certificates" for "buses", and deleted the third sentence, which provided that nothing herein shall affect the commission's jurisdiction to regulate street railway service or any successor to street railway service under Chapter 5 of Title 58.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="223CDF8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4F58A1C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-25. Public Service Commission's motor carrier regulatory authority, defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="63DD90E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this chapter, unless specifically provided, may be construed as granting authority to the Public Service Commission to regulate, approve, fix, or charge a fee on a matter of rates, prices, changes, routes, or services of a motor vehicle carrier of property, including private carriers, except certificate carriers of household goods or hazardous wastes for disposal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41ADC1D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="395963F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 145, Part II, § 51A, eff June 29, 1995; 2022 Act No. 214 (S.1045), § 2, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7C729077" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6E8E38D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 2, substituted "may be construed" for "must be construed".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70B539A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="16EB89C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-30. "For compensation" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6FA0FDEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>"For compensation" as used in Section 58-23-20 means a payment in money or property for transportation of persons, hazardous waste for disposal, or household goods by motor vehicle over public highways within the State of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E1FFAE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2B6342D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1402.1; 1972 (57) 2327; 2022 Act No. 214 (S.1045), § 3, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="19D16557" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="150FDAB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 3, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="336EE0E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="70F977CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-40. Certificate and fee requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4B247088" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A motor vehicle carrier shall obtain a certificate from the Office of Regulatory Staff, pursuant to the provisions of Article 3 of this chapter and pay the license fee required pursuant to Article 5 of this chapter before the motor vehicle carrier may: (1) transport persons, hazardous waste for disposal, or household goods for compensation on any improved public highway in this State; or (2) advertise as an operator for the transportation of persons, hazardous waste for disposal, or household goods for com</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>pensation on any improved public highway in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="717723B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1FFCE895" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1403; 1952 Code § 58-1403; 1942 Code § 8509; 1932 Code § 8509; 1925 (34) 252; 1930 (36) 1068; 1933 (38) 429; 2006 Act No. 318, § 144, eff May 24, 2006; 2006 Act No. 393, § 1, eff June 14, 2006; 2022 Act No. 214 (S.1045), § 4, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="37359157" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3DD9C0F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 4, in (1) and (2), substituted ", hazardous waste for disposal, or household goods" for "or property".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D56F389" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1A975F51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-50. Chapter not applicable to transportation for certain purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="43CF2770" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Articles 1 to 11 of this chapter do not apply to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2CF47D26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) motor vehicles used exclusively for transporting persons to and from schools, Sunday Schools, churches, or religious services, or to or from picnics or upon special prearranged excursions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="567031BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the United States mail carriers operating star routes, while engaged solely in carrying mail;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="63C52F80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) farmers or dairymen hauling dairy or farm products;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="16AB6B4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) persons transporting agricultural livestock and poultry feeds, including ingredients;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0DE2D87B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) other persons engaged in hauling perishable products of the farm or dairy products for hire from the farm to the first market when sold in South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="59854441" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) lumber haulers engaged in transporting lumber from the forest to shipping points in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0843B137" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) haulers engaged in transporting logs, chips, or wood residues which are subject to the South Carolina Unmanufactured Forest Products Trucking Regulations which are promulgated and adopted by the Department of Public Safety's Transport Police Division;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="727D4E37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) a vehicle engaged in hauling, towing, or transporting wrecked or damaged vehicles;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="26A840B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) vehicles used in ridesharing;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...80 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4588B0D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(10) single-source lessors of vehicles and drivers who lease the motor vehicles and drivers to uncertificated motor vehicle carriers that conduct transportation of property (other than used household goods) in furtherance of and within the scope of their nontransportation primary enterprises, when the period of the lease is for thirty days or more, the lessee maintains insurance coverage for the protection of the public, a copy of the lease is carried in the motor vehicle during the period of the lease, an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>d there is displayed on both sides of the motor vehicle a placard identifying the lessee.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="472039D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) For the purposes of this section, perishable products of the farm include hay and straw.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="43782D29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Articles 1 to 11 of this chapter also do not apply to Transportation Network Companies and Transportation Network Company Drivers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4155DFEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2EBA5F73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1404; 1952 Code § 58-1404; 1942 Code § 8508; 1932 Code § 8508; 1925 (34) 252; 1930 (36) 1327; 1956 (49) 2020; 1957 (50) 551; 1962 (52) 1911; 1978 Act No. 490, eff May 5, 1978; 1979 Act No. 152 § 3, eff July 6, 1979; 1983 Act No. 138 § 13, eff June 15, 1983; 1985 Act No. 112, § 1, eff May 24, 1985; 1996 Act No. 425, § 6, eff January 1, 1996; 2015 Act No. 88 (H.3525), § 3, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="77E95A0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1FA40C35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 88, § 3, added (C).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78AD268C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4A826627" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-60. Chapter not applicable to business within certain areas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6744A062" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in Articles 1 to 11 of this chapter applies to motor vehicles:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4B884AC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) carrying on the business of transporting passengers or property within the limits of a municipality in this state;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="395DE7E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) transporting passengers to or from state institutions located in Richland County;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7C866A18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) transporting passengers within a distance of ten miles from the limits of municipalities in Chester and Lancaster counties when substantially all of the passengers are workers in industrial plants, eighty percent of the production of which is for defense materials;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="39D949DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) having a seating capacity of twenty or more passengers which are operated within ten miles from the limits of a municipality with a population of seventy thousand or more inhabitants, according to the United States Census for 1940, by an electric utility company which regularly provides transportation service within the municipality itself. This item does not permit the substantial duplication of a franchise or license in effect at the time service is undertaken by the electric utility company; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1BC03A41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) used by a county or municipality to transport passengers or property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5BB35EDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4F81C467" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1501; 1952 Code § 58-1501; 1942 Code §§ 8510, 8522; 1932 Code §§ 8510, 8522; 1925 (34) 252; 1930 (36) 1068; 1935 (39) 349; 1939 (41) 376; 1942 (42) 1478; 1943 (43) 262; 1944 (43) 1270; 1983 Act No. 138 § 12, eff June 15, 1983; 1990 Act No. 487, § 1, eff May 29, 1990; 2022 Act No. 214 (S.1045), § 5, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="07635EAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0178B6D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 5, in (5), inserted "or municipality" following "county".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42CDE37F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5DBB0DB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-70. Chapter not applicable to occasional trip.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="075DC4B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing contained in Articles 1 to 11 of this chapter shall be construed to prevent the use or hiring of any motor vehicle for the purpose of making some particular trip when the owner of such vehicle does not make such transportation a business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C8A8D41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="55AC62A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1405; 1952 Code § 58-1405; 1942 Code § 8522; 1932 Code § 8522; 1925 (34) 252; 1935 (39) 349; 1939 (41) 376.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08091094" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="62D3F28C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-80. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3F82F7DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) Unless otherwise provided in this section, an officer, agent, or employee of a corporation and any other person who wilfully violates or fails to comply with or who procures, aids, or abets in the violation of any provision of Articles 1 through 12 of this chapter or who fails to obey, observe, or comply with any lawful order, decision, regulation, direction, demand, or requirement of the commission or the Office of Regulatory Staff or any part or provision thereof is guilty of a misdemeanor and, upon </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>conviction, must be fined not less than twenty-five dollars nor more than one hundred dollars or imprisoned for not less than ten days nor more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4BC716E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) An officer, agent, or employee of a corporation or any other person operating as a passenger carrier who violates or who aids and abets in the violation of the provisions of Section 58-23-40 is guilty of a misdemeanor and, upon conviction, must be fined not less than one hundred dollars for a first offense, not less than five hundred dollars for a second offense, and for third and subsequent offenses not less than one thousand dollars or imprisoned for a term not to exceed thirty days, or both. A viola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>tion must not be charged more than once for any single load.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5C654917" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) An officer, agent, or employee of a corporation or any other person operating as a carrier of household goods or as a carrier of hazardous waste for disposal who violates or who aids and abets in the violation of the provisions of the certification and registration requirements provided pursuant to Section 58-23-40 is guilty of a misdemeanor and, upon conviction, must be fined as provided in Section 58-23-590(E). A violation must not be charged more than once for any single load.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="50C41A05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) An officer, agent, or employee of a corporation or any other person advertising as a passenger carrier who violates or who aids and abets in the violation of the provisions of Section 58-23-40 is guilty of a misdemeanor and, upon conviction, must be fined not less than one hundred dollars for a first offense, not less than five hundred dollars for a second offense, and for third and subsequent offenses not less than one thousand dollars. A violation must not be charged more than once for any single loa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="170A7F7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) An officer, agent, or employee of a corporation or any other person advertising as a carrier of household goods or hazardous waste for disposal who violates or who aids and abets in the violation of the provisions of the certification and registration requirements provided pursuant to Section 58-23-40 is guilty of a misdemeanor and, upon conviction, must be fined as provided in Section 58-23-590(E). A violation must not be charged more than once for any single load.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54BD5837" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="603AB078" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1406; 1952 Code § 58-1406; 1942 Code §§ 8512, 8520; 1932 Code §§ 8512, 8520; 1925 (34) 252; 1930 (36) 1068, 1100; 1937 (40) 222, 595; 1938 (40) 1915; 1982 Act No. 371, § 1, eff May 25, 1982; 1985 Act No. 26, § 2, eff March 19, 1985; 1996 Act No. 439, § 1, eff June 4, 1996; 2006 Act No. 393, § 2, eff June 14, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16DB6E5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3449F8B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-100. Transfer of property pending suit shall be invalid.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="484FEF26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>During the pendency of an action for damage against the holder of a certificate issued pursuant to Article 3 of this chapter any transfer of the property of such certificate holder shall be held to be invalid.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7492FF7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="19E68A1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1472; 1952 Code § 58-1472; 1942 Code § 8524; 1932 Code § 8524; 1925 (34) 252.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C4608D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5C948C77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-110. Motor carrier transportation contracts; definition; hold harmless provisions; exception.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="41EBA4F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(A) Notwithstanding another provision of law, a provision, clause, covenant, or agreement contained in, collateral to, or affecting a motor carrier transportation contract that purports to indemnify, defend, or hold harmless, or has the effect of indemnifying, defending, or holding harmless, the contract's promisee from or against any liability for loss or damage resulting from the negligence or intentional acts or omissions of the contract's promisee, or any agents, employees, servants, or independent cont</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ractors who are directly responsible to the contract's promisee, is against the public policy of this State and is unenforceable.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="05537AC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) As used in this section "motor carrier transportation contract" means a contract, agreement, or understanding covering:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="779650DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) the transportation of property for compensation or hire by the motor carrier;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3F3138E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the entrance on property by the motor carrier for the purpose of loading, unloading, or transporting property for compensation or for hire; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="416F933A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a service incidental to activity described in items (1) or (2) including, but not limited to, storage of property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7CE99A40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Nothing contained in this section affects a provision, clause, covenant, or agreement where the motor carrier indemnifies or holds harmless the contract's promisee against liability for damages to the extent that the damages were caused by and resulting from the negligence of the motor carrier, its agents, employees, servants, or independent contractors who are directly responsible to the motor carrier.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1D7085DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Notwithstanding the other provisions contained in this section, a " motor carrier transportation contract" shall not include the Uniform Intermodal Interchange and Facilities Access Agreement administered by the Intermodal Association of North America, as that agreement may be amended by the Intermodal Interchange Executive Committee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2508F368" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="419265C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 35, § 1, eff upon approval (became law without the Governor's signature on April 19, 2005).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="301BC25E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4EA767EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5101EFF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Issuance and Revocation of Certificates</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="46C946B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="504D3C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="281B800E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="042E69AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2EDB10E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6EBAD1C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="65D45657" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-210. Application for a certificate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="42011265" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(A) An applicant applying for a certificate or applying to amend a certificate to operate as a motor vehicle common carrier must submit a written application to the commission on a form provided by the commission. The commission must post information regarding an application to apply for a certificate or amend a certificate for fifteen days immediately following receipt of the application. Any person who may be affected by the issuance or amendment of the requested certificate or amendment may file a writte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>n objection with the commission within fourteen days after the commission posts the notice regarding the application.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7D763294" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) If no objection to an application is filed pursuant to subsection (A), the commission may meet to determine if the applicant is fit, willing, and able to perform the proposed service, upon a showing based upon criteria established by the commission. If the commission issues a directive approving the application, the Office of Regulatory Staff may then issue the certificate. The directive of the commission shall serve as the commission's order thirty days after issuance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0337CF17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) If an objection is filed with the commission, the commission must hold a hearing to determine if the applicant is fit, willing, and able to perform the proposed service. The commission must publish a notice of hearing for an application for a certificate on the commission's website for not less than thirty days before the date of the hearing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4FE94271" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) If an application is denied, another application may not be made until at least six months have elapsed since the date of the denial.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D8475F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0D1FCCF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1411; 1952 Code § 58-1411; 1942 Code § 8509; 1932 Code § 8509; 1925 (34) 252; 1930 (36) 1068; 1933 (38) 429; 2006 Act No. 318, § 145, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 6, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="27BCE8A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="53EF3509" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4315BA4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="510E60BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="49FE0D6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 6, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A16AF94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0DE7A637" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-220. Class A certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7D9506C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Regulatory Staff, upon directive of the commission, may issue a certificate A in the following cases:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2D8D5AAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) to an applicant to operate in territory already served by any certificate holder under this chapter or any common carrier when such territory is not already being reasonably served by some other certificate holder or common carrier, provided such applicant proposes to operate on a fixed schedule and to comply with the other provisions contained in Articles 1 to 11 of this chapter and the rules and regulations which may be made by the commission respecting holders of this class of certificates; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6B9A9129" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) to an applicant for a certificate to operate upon a regular schedule in a territory not already served by the holder of a certificate A, when such territory is not being reasonably served by a certificate holder under this chapter or a common carrier; provided, that when a certificate A is issued to an applicant over territory which is being served at the time such certificate is granted by the holder of a certificate B, the right of the applicant to operate under certificate A shall not begin until th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e expiration of the then license year of the holder of the certificate B and the holder of a certificate B shall be preferred in granting a certificate A over the route unless it would not be in the interest of the public service.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0388DE55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In either case the existence of a railroad or other motor vehicle carrier in the territory sought to be served by the applicant shall not be considered by the commission as good cause for refusing the application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0331E1E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5E19C665" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1412; 1952 Code § 58-1412; 1942 Code § 8510; 1932 Code § 8510; 1925 (34) 252; 1930 (36) 1068; 2006 Act No. 318, § 145, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 7, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="04EEFB00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3E5A5EE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5EC304DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2DABFE47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="673179B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 7, in the first undesignated paragraph, substituted "directive" for "order"; in (1), substituted "such territory is not" for "the public convenience and necessity in such territory are not" and "proposes" for "propose"; and in (2), substituted "such territory is not" for "public convenience and necessity in such territory are not" and deleted "in the judgment of the commission" following "route unless".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48EC19A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="35B5A7CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-230. Class B certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4C7D1247" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Regulatory Staff, upon directive of the commission, may issue a certificate B when the applicant does not propose to operate regularly upon a fixed schedule or route but will operate in instances when by his solicitation or otherwise he has procured passengers to be transported over the route or routes designated in his application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E2B8B9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4335C580" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1413; 1952 Code § 58-1413; 1942 Code § 8510; 1932 Code § 8510; 1925 (34) 252; 1930 (36) 1068; 2006 Act No. 318, § 145, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 8, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4C24AEE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="05822D67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="78CAF78A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3AF20BA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="743DB3C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 8, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52865868" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="23098F51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-240. Class C certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4BAAB3AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Regulatory Staff, upon directive of the commission, may issue a certificate C to any applicant who does not propose in any way to solicit the transportation of persons over improved public highways outside of the corporate limits of any city or town or to operate upon a regular schedule, but who is privately employed for a specific trip and who will not solicit or receive patronage along the route. But those operators may solicit passengers (a) for destination within the corporate limits of a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ny city or town wherein such passengers are solicited, (b) within a radius of two miles of the corporate limits of the city or town in which they are licensed to do business, and (c) upon such highways as are not served by a holder of an A or B certificate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="29C47064" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="480F433E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1414; 1952 Code § 58-1414; 1942 Code § 8510; 1932 Code § 8510; 1925 (34) 252; 1930 (36) 1068; 2006 Act No. 318, § 145, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 9, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1B827FBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4D49B5E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="53585860" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6C918BFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="45549439" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 9, in the first sentence, substituted "directive" for "order".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7119A9B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="06220F6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-250. Class D certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3CCA41D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Regulatory Staff, upon directive of the commission, may issue a certificate D for property-carrying vehicles which will operate upon regular routes and schedules over such highways.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="397D507F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="69A0C2A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1415; 1952 Code § 58-1415; 1942 Code § 8510; 1932 Code § 8510; 1925 (34) 252; 1930 (36) 1068; 2006 Act No. 318, § 145, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 10, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7303B2CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="364CA336" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6456BD5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="507E693E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1CEB1AD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 10, substituted "directive" for "order".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17299CEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="028E81C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-260. Class E certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4B7AEB06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Regulatory Staff, upon directive of the commission, may issue a certificate E for the property-carrying vehicles which will not operate upon any particular route or schedule.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E56AA96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="58EFE012" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1416; 1952 Code § 58-1416; 1942 Code § 8510; 1932 Code § 8510; 1925 (34) 252; 1930 (36) 1068; 2006 Act No. 318, § 145, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 11, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3599FA30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="05EEF940" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0BD0DF59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="72E4280A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="730ADCE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 11, substituted "directive" for "order".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B9E5071" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3C874BD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-270. Class F certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5B4A1C4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Regulatory Staff, upon directive of the commission, may issue a certificate F to any person or corporation who proposes to engage in the business commonly known as contract hauling of freight or property when such applicant does not propose to operate upon a regular schedule or over a regular route or to solicit or receive patronage along the route.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="106A10D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5F68498D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1417; 1952 Code § 58-1417; 1942 Code § 8510; 1932 Code § 8510; 1925 (34) 252; 1930 (36) 1068; 1978 Act No. 412, eff March 6, 1978; 2006 Act No. 318, § 145, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 12, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="215FD6EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2B03DB2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2EB47B96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="656A411D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2CD25404" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 12, substituted "directive" for "order".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16967EEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0C7D2BE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-280. Provisions governing class A and C certificates shall apply to D and E certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="04588700" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this chapter governing the granting of certificates A and C apply to certificates D and E.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="537EF70C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0E53B3C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1418; 1952 Code § 58-1418; 1942 Code § 8510; 1932 Code § 8510; 1925 (34) 252; 1930 (36) 1068; 2006 Act No. 318, § 145, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C4B49F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="594B0A54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-290. Partial A, B, and D certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2FBA4EAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In ordering the issuance of a certificate A, B, or D the commission may direct the issuance of a certificate for partial exercise only of the privileges sought, but without alteration of the license charges fixed thereon.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E7EF372" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4A41A980" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1419; 1952 Code § 58-1419; 1942 Code § 8510; 1932 Code § 8510; 1925 (34) 252; 1930 (36) 1068; 2006 Act No. 318, § 145, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 13, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0BC5C056" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0B1DA261" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1E72A413" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1584AE2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2ED2C5AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 13, substituted "direct" for "order".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CFCA51B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7EDA5786" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-300. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="385C28DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="58806583" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Publication of notice of hearings on applications for class A, B or D certificates, had the following history: 1962 Code § 58-1420; 1952 Code § 58-1420; 1942 Code § 8509; 1932 Code § 8509; 1925 (34) 252; 1930 (36) 1068; 1933 (38) 429; 2006 Act No. 318, § 145, eff May 24, 2006. Repealed by 2022 Act No. 214, § 24, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="089BFC40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="18433A7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-310. Certain applicants granted certificates as matter of right.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1C9D0006" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The commission must order the issuance of a certificate as a matter of right when it appears that the applicant was operating in good faith on or before June 8, 1925, but was not operating immediately prior thereto or on that date because of impassable roads.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B0D3B00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6151CE55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1421; 1952 Code § 58-1421; 1942 Code § 8509; 1932 Code § 8509; 1925 (34) 252; 1930 (36) 1068; 1933 (38) 429; 2006 Act No. 318, § 145, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="274F15EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5413AB26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-320. Suspension, revocation, alteration or amendment of certificates; appeal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4901CD82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The commission may, after a hearing, order the suspension, revocation, alteration, or amendment of any certificate issued pursuant to Articles 1 through 11 of this chapter, if it is proved that the holder of the certificate wilfully made any misrepresentation of a material fact in obtaining his certificate or wilfully violated or refused to observe the laws of this State touching motor vehicle carriers or wilfully violated any of the terms of his certificate or of the commission's proper orders, rules, or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>regulations. But the holder of the certificate has the right of appeal to any court of competent jurisdiction. The commission must not be a party to any appeal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44E84964" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3EF5A8AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1422; 1952 Code § 58-1422; 1942 Code § 8518; 1932 Code § 8518; 1925 (34) 252; 2006 Act No. 318, § 145, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0219E5E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="29753929" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-330. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76EF6D17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="42F49CF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Grounds for issuance or denial of certificate, had the following history: 1983 Act No. 138 § 18, eff March 1, 1984; 1988 Act No. 525, § 2, eff May 18, 1988; 1989 Act No. 184, § 6, eff June 8, 1989; 2006 Act No. 318, § 145, eff May 24, 2006. Repealed by 2022 Act No. 214, § 24, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02F20247" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="44C1993D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-340. Alienation or lease of certificates issued after July 1, 1983.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="23B3355B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding custom or usage or any regulation, or other provision of law, it is unlawful for any person to sell, lease, or otherwise transfer a certificate of public convenience and necessity issued or authorized to be issued after July 1, 1983, under the provisions of Chapter 23 of Title 58 for money, goods, services, or any other thing of value. A certificate may be transferred incident to the sale or lease of property or assets owned or used by a regulated motor carrier, provided the approval of the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> commission for the transfer of the certificate is first obtained and that the certificate itself is not transferred for value or utilized to enhance the value of other property transferred. Nothing herein shall effect the sale, lease, or otherwise transfer of a certificate of public convenience and necessity issued prior to July 1, 1983.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E630800" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0C0A5357" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1983 Act No. 138 § 19, eff June 15, 1983; 2006 Act No. 318, § 145, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1749E9EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3E84B24B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="69DFB585" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Annual Applications and License Fees</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2E85343E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1ED75E46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-510. Applications for annual licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2B37EC5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Every motor vehicle carrier which shall operate in this State shall, as soon as such certificate is issued and annually on or before each succeeding January first as long as such certificate remains in force, present it, with any changes which have been ordered by the commission, to the Office of Regulatory Staff and make an application in writing to the Office of Regulatory Staff for registration and license as prescribed in Chapter 3 of Title 56 for owners of motor vehicles generally.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24452A0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="571CCDF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1431; 1952 Code § 58-1431; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915; 2006 Act No. 318, § 146, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28812743" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3D76A339" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-520. Information which shall be furnished in applications for class A and B certificates.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7ADEB4EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In such application, beside the other matters by law prescribed, the applicant for a certificate A or B for passenger vehicles shall state the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2ABA5015" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The seating capacity of the vehicle;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1B9959A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The route on which the motor vehicle is to be used;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4CD4762A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Whether reserve or substitute vehicles are maintained by the applicant to be used only in emergencies and if so the number of such reserve and substitute vehicles and a complete description of each;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4DFD15C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) The length of route in miles on improved public highways in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="105FD588" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) The weight of the vehicle when empty; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5C39A686" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) The schedule under which the vehicle shall operate during the ensuing year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="283B1EE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>But an applicant for a certificate B will not be required to furnish a schedule with this application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06260F46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7608453B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1432; 1952 Code § 58-1432; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0E3C1489" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>§§ 58-23-530 to 58-23-550. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5960C4F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section 58-23-530, titled License fees for class A certificate holders having twenty or more vehicles, had the following history: 1962 Code § 58-1433; 1952 Code § 58-1433; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915; 1983 Act No. 138 § 23, eff July 1, 1983; 2006 Act No. 318, § 147, eff May 24, 2006. Repealed by 2022 Act No. 214, § 24, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="668B0DC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section 58-23-540, titled Computation of carrying weight of passenger vehicles, had the following history: 1962 Code § 58-1434; 1952 Code § 58-1434; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915. Repealed by 2022 Act No. 214, § 24, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="169C7238" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section 58-23-550, titled License fees for class B certificate holders having twenty or more vehicles, had the following history: 1962 Code § 58-1435; 1952 Code § 58-1435; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915; 1983 Act No. 138 § 23, eff July 1, 1983; 2006 Act No. 318, § 148, eff May 24, 2006. Repealed by 2022 Act No. 214, § 24, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C260E90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="515266DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-560. License fees for class A, B, or C certificate holders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2CF8B190" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A holder of a certificate A, B, or C must annually before January first of each year pay to the Office of Regulatory Staff a fee of fifty dollars per vehicle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="747DD31D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3D76B892" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1436; 1952 Code § 58-1436; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915; 1983 Act No. 138 § 23, eff July 1, 1983; 2006 Act No. 318, § 149, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 14, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="39E661DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="77763691" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 14, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D22C202" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="45915249" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-570. Information which shall be furnished in application for class D certificate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="12354324" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In an application for a certificate D the applicant shall state, besides the other matters by law provided:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="699EFDFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The carrying capacity as given by the manufacturer of the motor vehicle;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0A96074B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The route on which the motor vehicle is to be used;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7F121F77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Whether reserve or substitute cars are maintained by the applicant to be used only in emergencies and, if so, the number of such reserve and substitute cars and a complete description of each;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="46F914E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) The length of the route in miles on improved public highways in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="25506839" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) The weight of the vehicle when empty; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="00661053" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(6) The schedule under which the vehicle shall operate during the ensuing year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EBD99F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6CDC942A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1437; 1952 Code § 58-1437; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CD6E13E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="136056A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-590. Carriers of household goods and hazardous waste for disposal; fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2393093C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) The commission may promulgate regulations that establish enforcement procedures and powers to govern the operations of carriers of household goods and hazardous waste for disposal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="57BBBCC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Office of Regulatory Staff is authorized to establish a Transportation Division to carry out its responsibilities and may assess the carriers of household goods and hazardous waste for disposal fees necessary to fund this office and to carry out its responsibilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2B4E0F6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The Office of Regulatory Staff is authorized to employ necessary personnel to administer and enforce the provisions of this chapter as they apply to carriers of household goods and hazardous waste for disposal. A carrier operating in violation of a provision of Articles 1 through 12 of this chapter is guilty of a misdemeanor and, upon conviction, must pay penalties provided in Section 58-23-80. A fine of one thousand dollars is imposed on the violators of the certification and registration requirements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>. Seventy-five percent of this fine must be remitted to the Office of Regulatory Staff to be used for the operation of the Transportation Division. Magistrates have jurisdiction over contested violations of this section and are prohibited from suspending or reducing the penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F067DF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="701B821E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1439; 1952 Code § 58-1439; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915; 1959 (51) 391; 1962 (52) 2160; 1963 (53) 95; 1964 (53) 1803; 1995 Act No. 145, Part II, § 51C, eff June 29, 1995; 2006 Act No. 318, § 150, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 15, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="39BDD6D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="75B605AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 15, in (A), substituted "may promulgate regulations that" for "must promulgate regulations necessary to control entry and certification standards, set rates and charges, and"; in (B), substituted "a Transportation Division" for "an Office of Compliance"; deleted (C) and (D), which related to the Office of Regulatory Staff issuing a common carrier certificate or contract carrier permit of public convenience and necessity, and redesignated former (E) as (C); and in (C), in the fourth sente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>nce, substituted "Transportation Division" for "Office of Compliance".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C83AABC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="24E4BFA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-600. Time of payment of fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="28C502C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A holder of a certificate D, E, or F must annually pay to the Office of Regulatory Staff fees pursuant to Section 58-4-60.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1EE31FEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="21D513BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1440; 1952 Code § 58-1440; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915; 1965 (54) 327; 2022 Act No. 214 (S.1045), § 16, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5817C498" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="24DAFDEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 16, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0FFA8DB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0EB3DC93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-610. Fees shall not be refunded for period when license not used; exception.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5AD47D98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>No portion of a license fee paid as aforesaid will be refunded for any part of the year during which the license is not used except that when any carrier is prohibited from operating over his route by virtue of the closing of any road by the State, county, city or town authorities, there shall be a proper readjustment and credit given such operator proportionately for such unused portion of his license, unless a passable detour is provided.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A3091F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6B2D354E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1441; 1952 Code § 58-1441; 1942 Code § 8513; 1932 Code § 8513; 1925 (34) 252.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="714EE9FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7E9F2119" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-620. Situations in which local fees may or may not be imposed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0302573B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A municipality or county in this State may not impose a license fee or license tax upon a holder of a certificate A or a certificate B, and a municipality or county may not impose a license fee or license tax on the holder of a certificate E or a certificate F, Certificate of Compliance, or a common or contract motor carrier of property, except the municipality of the carrier's residence or the location of the carrier's principal place of business. However, the fee required of a holder of a certificate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> C is in addition to any license tax or license fee charged by a municipality.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3D50DFAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) If a municipality or county imposes a license fee or license tax pursuant to subsection (A), the fee or tax in the case of any certificate holder or common or contract motor carrier of property which operates its vehicles both within and without this State, must be apportioned in the ratio that the miles traveled by the vehicles operated by the certificate holder in this State bears to miles traveled by those vehicles in all states.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E2DB7A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="50551AD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1442; 1952 Code § 58-1442; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915; 1995 Act No. 145, Part II, § 51D, eff June 29, 1995; 2017 Act No. 40 (H.3516), § 8.H, eff January 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1551BD8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="66EC0A87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 40, §§ 8.L, 8.M, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5753D240" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"L. (1) Notwithstanding any provision to the contrary within this SECTION, a person who registers a vehicle for use in this State pursuant to Article 23, Chapter 37, Title 12, as amended by this act, must register his vehicle during calendar year 2019 and is required to pay the road fees calculated based on the fair market value of the vehicle as specified in Sections 12-37-2820 and 12-37-2850 at the time the vehicle's registration fees are paid.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="17EDB9B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(2) Notwithstanding the provisions in Section 12-37-2865(B) and (C), as contained in this SECTION, to the contrary, during calendar year 2019, the first four hundred thousand dollars of fee revenue collected pursuant to Section 12-37-2865 must be retained by the Department of Motor Vehicles to defray programming costs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="529BA63D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(3) The initial millage required by Section 12-37-2850 must be calculated on or before June 1, 2018.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3DAD621E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"M. This SECTION takes effect January 1, 2019, except that the Department of Revenue, in consultation with the Revenue and Fiscal Affairs Office, shall calculate the millage to be used to calculate the road use fee provided in Section 12-37-2850 by July 1, 2018."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7D0A1E5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="02A1D088" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 40, § 8.H, rewrote the section, apportioning certain license fees and taxes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3215FB93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="47B44886" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-630. Distribution of license fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7AA67CC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>All license fees for the operation of motor vehicles for hire collected by the Office of Regulatory Staff pursuant to the provisions of this article must be deposited in the State Treasury and there shall be transferred from such collections to the general fund of the State so much as is estimated to cover the costs of administration and collection of such fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="340F76D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="12BE8AFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1443; 1952 Code § 58-1443; 1942 Code § 8517; 1932 Code § 8517; 1925 (34) 252; 1935 (39) 25; 1938 (50) 1915; 1941 (42) 227; 1944 (43) 1168; 1964 (53) 2104; 1985 Act No. 201, Part II, § 6C, eff June 20, 1985; 2006 Act No. 318, § 151, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37D0AEE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4726E4D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="11139F82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Insurance or Bond</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7A362DAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66F5DD58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="563AA49D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="62E6BA54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="225DE0C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0559DDE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4A8411B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-910. Insurance, bond, or certificate of self-insurance required of certificate holders generally.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="107704ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Prior to the issuance of the certificate, the motor carrier shall procure and file with the Office of Regulatory Staff either liability and property damage insurance, a surety bond with some casualty or surety company authorized to do business in this State, or a certificate of self-insurance as provided by Section 56-9-60 on all motor vehicles to be used in the service in that amount as the commission may determine, insuring or indemnifying passengers or cargo and the public receiving personal injury by r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>eason of any act of negligence and for damage to property of any person other than the assured. The policy, bond, or certificate of self-insurance must contain those conditions, provisions, and limitations as the commission may prescribe and must be kept in full force and effect and failure to do so is cause for the revocation of the certificate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62E35CAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="69B5B92D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1481; 1952 Code § 58-1481; 1942 Code § 8511; 1932 Code § 8511; 1925 (34) 252; 1930 (36) 1327; 1931 (37) 145; 1935 (39) 25; 1944 (43) 1343; 1988 Act No. 525, § 1, eff May 18, 1988; 2006 Act No. 318, § 152, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 17, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2B06519B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7D34EB34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5D426D40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7C695684" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4BF2A5F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 17, in the first sentence, substituted "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior to the issuance of the certificate, the motor carrier shall" for "The commission shall, in ordering the issuance of a certificate, require the applicant to".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7329AD25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4EBE14D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-920. Insurance required of owners of motor vehicles transporting goods for hire.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3AC92069" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The owner or owners of all motor vehicles transporting goods of any kind for hire on the roads of this State are hereby required as a condition precedent for using the highways of this State to carry with some reputable insurance company liability insurance and property damage insurance in such sums as the Public Service Commission may determine. Any person or corporation violating the terms of this provision shall be fined in an amount of not less than one hundred dollars or not more than five hundred dol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>lars for the first offense and an amount of not less than five hundred dollars or not more than two thousand dollars for each subsequent offense or shall suffer imprisonment of a term of not less than thirty days or not more than one year for the first offense and for not less than six months or not more than three years for each subsequent offense. This section is cumulative and does not repeal any other provisions of this Code relating to this subject.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A06AFFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4590F5D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1482; 1952 Code § 58-1482; 1949 (46) 466.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6EEFBF6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="08D9971C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-930. Insurance not required of owners of certain motor vehicles subject to federal Surface Transportation Board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0BB56399" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No owner of a motor vehicle using such vehicle as part of a terminal service in connection with the business of transporting goods by rail shall be required to carry liability or property damage insurance on such motor vehicle if such business of such owner is under the jurisdiction of the federal Surface Transportation Board and if the Surface Transportation Board has required and does require such owner to set up insurance reserves covering liability resulting from the conduct of such business, including</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> liability arising out of and in connection with the operation of such motor vehicle and if such insurance reserves have been and are actually so set up.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="59E3BDDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The owner of such a motor vehicle shall attach inside of the cab of such vehicle in a conspicuous place a certificate signed by such owner, or his duly authorized representative, setting forth that the business of such owner is under the jurisdiction of the federal Surface Transportation Board and that such board has required and does require such owner to set up insurance reserves.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2054AE44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4B532985" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1483; 1952 Code § 58-1483; 1942 Code § 8530-2; 1939 (41) 185; 2022 Act No. 214 (S.1045), § 18, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="52A61153" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="66902517" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 25, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6F3322FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 25. The Public Service Commission must make information readily available so that the general public can easily access information regarding the requirements in Articles 3 and 9 in Chapter 23, Title 58. This includes, but is not limited to, the commission posting on its website information regarding the following: list of certified companies, maximum rates, insurance, and complaint resolution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="73337228" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="010F9C39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 18, in the first undesignated paragraph, substituted "federal Surface Transportation Board and if the Surface Transportation Board" for "Interstate Commerce Commission and if the Interstate Commerce Commission", and in the second undesignated paragraph, substituted "federal Surface Transportation Board and that such board" for "Interstate Commerce Commission and that such Commission".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76D071C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6463539E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7AEF0662" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Rights and Duties Generally</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3C62A542" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1A28CAA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1010. General powers of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="52D1BA81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) The commission shall regulate every motor carrier in this State and fix or approve the classifications and regulations pertaining to each motor carrier, except as provided in Section 58-23-20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1EF7D048" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) As to holders of a certificate E, the carrier shall file a maximum rate schedule with the commission. The commission must post the maximum rate schedule filing within one business day of receipt. The new maximum rate schedule shall go into effect one business day following the commission's posting of the new schedule. Holders of certificate E shall have the flexibility for adjustment of the rates below the maximum rate levels without commission approval. The commission shall publish the maximum rate sc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>hedule on its website.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46C6B173" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="45AF3F51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1461; 1952 Code § 58-1461; 1942 Code § 8516; 1932 Code § 8516; 1925 (34) 252; 1977 Act No. 116; 1989 Act No. 184, § 7, eff June 8, 1989; 2006 Act No. 318, § 153, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 19, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="46C8E358" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="31371366" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 19, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3092988E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="59FF1A42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1020. Certain routes or schedules shall not be changed without permit from Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6D8EAE59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No motor vehicle carrier holding a certificate A, B, or D shall change the route or schedule of his motor vehicle during any year for which a license has been issued without procuring an order of the commission before the route is changed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3CE683FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="09E9D9A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1462; 1952 Code § 58-1462; 1942 Code § 8513; 1932 Code § 8513; 1925 (34) 252; 2022 Act No. 214 (S.1045), § 20, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6E33809E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="63DC4BE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 20, substituted "an order of the commission" for "a permit in writing from the Commission" and made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DEDF94E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="33DAC24D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1030. Occasional detours; use of substitute or reserve vehicles in emergencies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6E173CEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this chapter shall be construed to prevent a motor vehicle carrier from making occasional detours from his regular route or from replacing in an emergency any such vehicle by a substitute vehicle in order to maintain an approved schedule, or from operating temporarily in an emergency, reserve vehicles on its route for the public accommodation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32E3BCAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7B49C290" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1463; 1952 Code § 58-1463; 1942 Code § 8513; 1932 Code § 8513; 1925 (34) 252.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35B27CDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0A554385" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1040. Carriers liable for baggage only when checked.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="26670582" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Motor carriers shall be responsible for loss or damage to baggage only when such baggage has been checked with the operator of the vehicle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6439E601" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="73536E7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1464; 1952 Code § 58-1464; 1942 Code § 8511; 1932 Code § 8511; 1925 (34) 252; 1930 (36) 1327; 1931 (37) 145; 1935 (39) 25.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="065F5F6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="33C133DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1050. Certain statutory provisions not applicable to baggage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7FB70C65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of Articles 1 to 11 of this chapter as to motor vehicles carrying property shall not apply to the baggage of passengers transported by holders of certificates A, B or C.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="130D1FAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4D57CF90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1465; 1952 Code § 58-1465; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="59FD1F4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1846BB9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1060. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="062CA33D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4980229F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Commission may require establishment of bus stations, had the following history: 1962 Code § 58-1466; 1952 Code § 58-1466; 1942 Code § 8528; 1932 Code § 8528; 1930 (36) 1281; 1935 (39) 25. Repealed by 2022 Act No. 214, § 24, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D296614" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7C375D89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1070. Promulgation of rules and regulations as to vehicles for hire at resorts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5DE1F20C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commission may promulgate such rules and regulations as it finds necessary and expedient relating to the issuing of licenses for motor vehicles used for hire, either for express or passengers or both, when operated at beach and summer resorts in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14BFD7AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2281E82E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1467; 1952 Code § 58-1467; 1942 Code § 8529; 1932 Code § 8529; 1929 (36) 247; 1935 (39) 25.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0994557C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3BBA023F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1080. Special plates or markers for carriers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="778D00B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Regulatory Staff, upon the presentation of a certificate authorizing the motor vehicle carrier to operate and upon payment of the proper license, may furnish the motor vehicle carrier with a distinguishing plate or marker.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D4BB47A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="293C73C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1468; 1952 Code § 58-1468; 1942 Code § 8515; 1932 Code § 8515; 1925 (34) 252; 1930 (36) 1327; 1935 (39) 25; 2006 Act No. 318, § 154, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 21, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4B286E77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6F04E2B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 21, deleted "from the Office of Regulatory Staff" following "certificate", substituted "may furnish" for "must furnish", and deleted "marker, which, in addition to the other matters otherwise provided by law to be placed thereon, shall bear the letter stating the class under which the motor vehicle shall operate, such as A, B, C, D, E, or F" from the end.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28B5E1D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="091B2634" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1090. Special markers for reserve or substitute passenger vehicles.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2EC52C9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When any reserve or substitute vehicle maintained by a motor carrier holding a certificate D, or a certificate A or a certificate B for passenger vehicles, to be used only in emergencies, is in use it may be designated by a special marker to be furnished by the Office of Regulatory Staff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C77F730" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5C6BE8AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1469; 1952 Code § 58-1469; 1942 Code § 8512; 1932 Code § 8512; 1925 (34) 252; 1930 (36) 1068; 1938 (40) 1915; 2006 Act No. 318, § 155, eff May 24, 2006; 2022 Act No. 214 (S.1045), § 22, eff May 23, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2A8BF1A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5C0BAB09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 214, § 22, substituted "may be designated" for "must be designated".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BCD50D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4721A850" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="044608CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Safety Regulations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7276E759" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3AAF9854" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1110. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1565BBC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="551B059B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) The term "corporation" means a corporation, company, association, or joint stock association.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2DCCD845" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The term "person" means an individual, a firm, or a partnership.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1517B5E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The term "commission" means the Public Service Commission of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="65325D2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) The term "private carrier" means every corporation or person, their lessees, trustees, or receivers, owning, controlling, operating, or managing any motor propelled vehicle used in transporting persons or property over any improved public highway in this State, which private carriers are not included in the term motor vehicle carrier as defined in Section 58-23-10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="26A9E8AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(5) The term "motor carrier" means every corporation or person, their lessees, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>trustees, or receivers, owning, controlling, operating, or managing any motor propelled vehicle used in transporting persons or property over any improved public highway in this State, whether or not for compensation, as defined by Section 58-23-30 and includes, but is not limited to, motor vehicle carriers as defined in Section 58-23-10 and private carriers.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="15D0B12C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) The term "trailer" means a vehicle equipped to carry a load and which is attached to and drawn by a motor vehicle. Trailers are classed as motor vehicles and subject to the provisions of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="688D7057" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) The term "improved public highway" means every improved public highway in this State which is or may hereafter be declared to be a part of the state highway system or any county highway system or a street of any city or town.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3FF0F6A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) The term "regulatory staff" means the executive director or the executive director and employees of the Office of Regulatory Staff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="278B00F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="12035423" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 26, § 1, eff March 19, 1985; 2006 Act No. 318, § 156, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1DF604E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="17FAC502" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1120. Compliance by motor carriers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6FA4655D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Each for-hire motor carrier of household goods or hazardous waste for disposal must comply with orders and regulations prescribed by the Public Service Commission. The Office of Regulatory Staff may employ the necessary law enforcement personnel to enforce the provisions which apply to holders of certificates A, B, C, and certificates E and F of Public Convenience and Necessity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="22B21BD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Public Safety may promulgate regulations to ensure the safe operation of motor carriers. The Transport Police Division of the Department of Public Safety has exclusive authority in this State for enforcement of the commercial motor vehicle carrier laws, which include Federal Motor Carrier Safety Regulations, Hazardous Material Regulations, and size and weight laws and regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D2C3A8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7A1A25AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 26, § 1, eff March 19, 1985; 1995 Act No. 145, Part II, § 51G, eff June 29, 1995; 2006 Act No. 318, § 156, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DF15622" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="45283B82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1130. Rulemaking by Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6CABE7C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The commission may make those regulations not inconsistent with law as may be proper in the exercise of its powers or for the performance of its duties under this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="373B1258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5F78F8C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 26, § 1, eff March 19, 1985; 2006 Act No. 318, § 156, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B799238" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1C2982D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1140. Exclusion of transporters of farm or forest products.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="131B6B81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Public Service Commission and the Office of Regulatory Staff have no jurisdiction for safety purposes over persons engaged in transporting farm products or forest products from the farm to the first market.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47C77C7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="75B1BD9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 26, § 1, eff March 19, 1985; 2006 Act No. 318, § 156, eff May 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F62261A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="032F972A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="00207B01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Taxis in Counties</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="76F93C73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3C234B50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1210. Licensing of taxis by governing body of a county or city.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5AC7DD89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The governing body of a county or city may license taxis only in the county or city where the taxi principally is operated at the time of application for a license. The owner of a taxi or his agent annually during the month of July shall register the taxi with the governing body of the county or city and shall obtain from the governing body an application for the license. Upon presentation of the application, properly completed, to the governing body of the county or city and payment to the governing body </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>of a license fee of two dollars, the governing body shall issue a license card or plate which must bear a number, indicate that the vehicle is a taxi, identify it by make, model, number, and the name of the owner, and show the year for which the license is issued. The license card or plate must be affixed in the vehicle at a place and in a manner as to be seen readily.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55F5EAC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="08CFF281" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1511; 1952 Code § 58-1511; 1948 (45) 2061; 1990 Act No. 563, § 1, eff June 11, 1990.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4096438B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="73C04846" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1215. Exception to meaning of operating a taxi.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="140870F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A person who provides transportation services in a private passenger motor vehicle or van for a specific group of people to a specific destination over a continuing period of time, where these transportation services are not available to the general public, is not considered to be operating a taxi within the meaning of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B757EDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="02977850" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 563, § 2, eff June 11, 1990.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A71E604" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4C7E3CCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1220. Liability insurance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="31DDF2DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Before the issuance of any such license card or plate, the owner of the taxi shall procure and file with the governing body of the county a liability insurance policy, together with a receipt showing the payment of the premium therefor, issued by a good and responsible insurance company to be approved by the governing body of the county, the company being one authorized to do business in this State and in possession of a certificate issued by the Department of Insurance. The amount of such liability insura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nce for each car shall be as follows: An amount not less than five thousand dollars for personal injury and an amount not less than one thousand dollars for property damage in any one accident. Such policy of insurance may be in the form of a separate policy for each taxi or may be in the form of a fleet policy covering all taxis operated by such owner if such policy shall provide for the same amount of liability for each taxi operated. A stipulation shall be made providing that no such policy above require</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>d may be canceled until the expiration of five days after notice of intended cancellation has been given in writing to the governing body of the county by registered mail or personal delivery of such notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C78B769" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6D798254" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1512; 1952 Code § 58-1512; 1948 (45) 2061; 1949 (46) 406; 1993 Act No. 181, § 1565, eff July 1, 1993.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16DA8251" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="21B7D37A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1230. Bond may be filed in lieu of insurance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="61550BB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">In lieu of an insurance policy as required by Section 58-23-1220 a bond or bonds may be filed with the governing body of the county in the sum of not less than five thousand dollars for personal injuries and one thousand dollars for property damages in any one accident, such bond or bonds to be given by the owner of the taxi with good and sufficient surety providing for the payment of any damages or injuries that may result in the operation of the taxi on substantially the same terms and conditions as the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>usual liability insurance policy. The surety on any such bonds as may be as follows: (a) cash deposited with the governing body of the county, (b) bonds of this State, or the United States of a face value equal to the amount of the surety bond or (c) any responsible surety or bonding company licensed to transact business in the State and in such county. The form and sureties on the bond and all matters incidental to the filing thereof shall be approved by the governing body of the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="064AE27C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="331E59BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1513; 1952 Code § 58-1513; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="62D4548B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ 58-23-1240. "Taxi" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>plate; certificate of insurance.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6E29C9D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The owner of a taxi must obtain and cause to be affixed at all times to the rear of the taxi in a conspicuous place a metal plate or sticker, the dimensions of which must be approved by the city where the taxi principally operates, which shall have on it the words "Taxi", and be of substantially similar design but a different color from the state license plate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7081BCF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The owner of a taxi that qualifies as a self-insurer, pursuant to Section 56-9-60, must issue to each operator of the taxi a certificate of insurance. The operator of the taxi must maintain a copy of the certificate of insurance in the taxi while it is in operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4C5B5E97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1514; 1952 Code § 58-1514; 1948 (45) 2061; 2006 Act No. 241, § 2, eff March 15, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AFB8CB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7A9F9AE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1250. Name of owner and rates shall be posted in taxi.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="07F95C29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All persons driving, operating or controlling taxis shall post therein, in a conspicuous place where it may be easily and conveniently read by any passenger, a card upon which shall be printed in plain legible type the name of the owner of such taxi and the rates charged by the taxi.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6176D319" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0308DA67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1515; 1952 Code § 58-1515; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70A6E3A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1DE87C27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1260. Driver identification card shall be posted in taxi and copy furnished to police.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="15CCEEC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The owner of any such taxi shall display in plain view of anyone entering such vehicle a card of such size and design as may be designated by the governing body of the county which shall be signed by the owner of the vehicle and shall state the name, address, sex, color and age of the driver operating the vehicle and a photograph of the driver shall be affixed to such card. A copy of such card with the photograph shall be furnished to the chief of police of such county for the files of the police departmen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>t. Copies of such card, in duplicate, as above set out shall be provided for each person who may be assigned to the driving of the taxi and the card of the respective driver shall always be displayed in the taxi as above provided.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F317305" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="12E98D9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1516; 1952 Code § 58-1516; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1DD021B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="235FA015" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1270. Qualifications of drivers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="49175980" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In such counties, operators, chauffeurs and other persons driving a commercial public taxi for hire shall be at least eighteen years of age and of good moral character and shall have no physical defects or handicaps which would hinder their safe operation of a vehicle under any driving conditions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D3C4AD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3AB70ECA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1517; 1952 Code § 58-1517; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57629853" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="225B2651" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1280. Solicitation of passengers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="591A6092" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>It shall be unlawful for operators of vehicles for hire to solicit fares or passengers except within five feet of the vehicle which they operate and in no case shall one driver interfere between another driver and his passengers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CC6E33C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="01744D88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1518; 1952 Code § 58-1518; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="131B96EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4664232A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1290. Vehicles shall answer calls in order received.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4CDEB863" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All public vehicles for hire shall respond promptly to calls in the order in which they are received.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06C4E3E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="211558B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1519; 1952 Code § 58-1519; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F67B27A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="13D5CBE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1300. Occupancy of vehicle when answering call.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="69269973" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When answering a call a public vehicle for hire shall contain no one other than the driver except with the permission of the person so calling.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0320CBB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4BAC151F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1520; 1952 Code § 58-1520; 1948 (45) 2061; 1962 (52) 2205.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="51CA7EFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="166A4E55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1310. Drivers shall not take possession of baggage without consent of owner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="00AD0500" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No driver of any such taxi or other person shall lay hold upon or take possession of any trunk, baggage or other article belonging to any traveler or person without the consent of the owner of such trunk, baggage or other article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A9F1265" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1EDBC0BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1521; 1952 Code § 58-1521; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="597B4CBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="215E550C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1320. Use of taxi for prostitution or lewd act or transporting person to place for such purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="534807CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful for the driver of any such taxi to permit any person to occupy or use such taxi for the purpose of prostitution or for any other lewd or indecent act, knowing or having reasonable cause to know that it is being used or is to be used for any such purpose, or to direct, take or transport or offer or agree to take or transport any person to any building or place knowing or having reasonable cause to know that the purpose of such directing, taking or transporting is prostitution or any oth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>er lewd or indecent act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="533BE736" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="070F10BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1522; 1952 Code § 58-1522; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CD260BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7A2E97B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1330. Taxi shall not transport persons with contagious disease.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="07AB3E2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>No owner, driver or other person having charge of a public vehicle for hire shall knowingly receive or permit to be placed or conveyed in any manner on or upon any such taxi any person sick or infected with smallpox or any other contagious disease. The body of any person who has died of smallpox or any other contagious disease shall be removed in a licensed hearse and in no other conveyance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F83C23D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="768C0C0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1523; 1952 Code § 58-1523; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="306DB629" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="650F3553" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1340. Vehicles shall be kept clean.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="23D07FD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All vehicles for hire shall be kept clean, neat and orderly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CB7E5A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="415C5A51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1524; 1952 Code § 58-1524; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D59889F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2CC8787B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1350. Vehicles shall not be used for sleeping or certain other purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4556F742" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Drivers shall not permit such taxis to be used as sleeping quarters or lounging places or for the unnecessary gathering of persons other than passengers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A003291" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="18B75E58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1525; 1952 Code § 58-1525; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="759CF81C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0D1B5E6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1360. Transfer of license upon replacement of vehicle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="66CFB677" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In the event that any public taxi for which a license shall have been issued shall be permanently replaced by another car the owner shall within twenty-four hours after such replacement report it to the governing body of such county giving the necessary information to identify the taxi for which the license was issued and the taxi replacing it and such other information as the governing body may require and thereupon such license shall be transferred on the register of the governing body to the replacing c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ar and be cancelled as to the replaced car if all the other provisions of this article shall be complied with.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="635BAB27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="607C2385" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1526; 1952 Code § 58-1526; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B32043A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3E129BA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1370. Revocation of driver's license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1142B713" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The operation of any such taxi shall be constantly under the surveillance of the governing body of the county, which shall refuse permission to operate such taxi and revoke the license of any driver when in its judgment the driver's physical condition or record for violation of traffic or other ordinances or laws indicates that he is an unfit operator of such taxi.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23D3E800" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="17B2AB69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1527; 1952 Code § 58-1527; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6964B2DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4F26E6B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1380. Surrender of taxi license when insurance or bond cancelled.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2236F839" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In the event of cancellation of the policy of insurance or bond required under the provisions of this article, then the license card or plate to be displayed in the taxi and also the metal plates to be affixed to the taxi shall become null and void and shall immediately be surrendered by the owner of the taxi to the chief of police of such county and the operation of the taxi after the cancellation of such insurance or bond or the failure to surrender such plates shall be a violation of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4775240A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="584FF2A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1528; 1952 Code § 58-1528; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0937937F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="15069B3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1390. Revocation of taxi license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="55EE7837" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Should the owner or operator of a taxi permit the taxi to be operated without such license affixed as required by Section 58-23-1210 or by any person not duly qualified as provided in this article or should such owner or operator permit such taxi to be used for any purpose other than that of a public conveyance, the chief of police of such county may with the approval of the governing body of such county revoke the license of such taxi and require the surrender of the license card or plate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="10C4B03D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6A69664E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1529; 1952 Code § 58-1529; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63A287B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="37C43A73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1400. Fee for reinstatement of insurance or bond.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="60F3BE17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>When any such policy of insurance or bond lapses by cancellation or for any other reason or when notice of intention to cause a lapse has been given by the surety or bondsman and such notice has been recorded on the records of the county police department, such notice shall be withdrawn and such policy of insurance or bond shall be reinstated only after payment to the governing body of the county the sum of three dollars for entries and change of records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FF05EDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="51499557" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1530; 1952 Code § 58-1530; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68BC2D12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="52F607F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1410. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6A08BECF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The violation of any of the provisions of this article shall be a misdemeanor, punishable by a fine not exceeding one hundred dollars, or imprisonment not exceeding thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="317DF8E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="39275BDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 58-1531; 1952 Code § 58-1531; 1948 (45) 2061.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4DC5FC13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0908430B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="23C194A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Transportation Network Company Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="15119363" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3C17686A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1610. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2BDD5581" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3261A328" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Transportation Network Company" or "TNC" means a person, corporation, partnership, sole proprietorship, or other entity operating in this State that uses a digital network, platform, or Internet-enabled application to connect a passenger to a transportation network driver for the purpose of providing transportation for compensation using a vehicle. A transportation network company does not include transportation services provided pursuant to Articles 1 through 15, Chapter 23, Title 58, or arranging nonemerg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ency medical transportation for individuals qualifying for Medicaid or Medicare pursuant to a contract with the State or a managed care organization.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="02054114" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Personal vehicle" means a vehicle that is used by a transportation network company driver in connection with providing a prearranged ride and is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="34E653AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) owned, leased, or otherwise authorized for use by the transportation network company driver; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7C796669" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) not a taxi, charter bus, charter limousine, or for-hire vehicle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0DEF748D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Digital network" means any Internet-enabled application, software, website, or system offered or used by a TNC that enables the prearrangement of rides with transportation network company drivers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="16F9D9F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(4) "Transportation Network Company driver" or "TNC driver" means a person who uses a vehicle to provide transportation service for passengers matched through a transportation network company's digital network.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0A4CB494" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Transportation Network Company insurance" or "TNC insurance" means an insurance policy that specifically covers a driver's use of a vehicle in connection with a transportation network company's digital network, platform, or Internet-enabled application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="55504CC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Transportation Network Company passenger" or "TNC passenger" means a person for whom transportation is provided through a transportation network company's digital network. This includes a person for whom arrangements for transportation services using the transportation network company's digital network was arranged by someone other than the passenger.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1D0335F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Transportation Network Company service" or "TNC service" means a period of time when a transportation network company driver accepts a request arranged through the transportation network company's digital network and proceeds to the passenger location, continues while the transportation network company driver transports a requesting passenger in the transportation network company vehicle, and ends when the last requesting passenger exits the transportation network company vehicle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5E796722" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Transportation Network Company vehicle" or "TNC vehicle" means a vehicle that is used by a TNC driver that has met the requirements of this article and has been approved by the TNC to provide transportation service arranged through a transportation network company digital platform. It must not have a manufacturer's rated seating capacity of more than eight passengers, including the driver.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="09111985" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) "Prearranged ride" means the provision of transportation by a transportation network company driver to a transportation network company rider, beginning when a driver accepts a ride requested by a rider through a digital network controlled by a transportation network company, continuing while the driver transports a requesting rider, and ending when the last requesting rider departs from the personal vehicle. A prearranged ride does not include shared expense carpool or vanpool arrangements, or transpo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rtation provided using a taxi, limousine, or other for-hire vehicle pursuant to a Class C certificate issued by the South Carolina Public Service Commission or pursuant to a license issued by the governing body of a county or city. A prearranged ride does not include services provided pursuant to Articles 1 through 15, Chapter 23, Title 58 or arranging nonemergency medical transportation for individuals qualifying for Medicaid or Medicare pursuant to a contract with the State or a managed care organization.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="773ACBBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Transportation Network Company rider" or "rider" means an individual or individuals who use a transportation network company's digital network to connect with a transportation network driver who provides prearranged rides to the rider in the driver's personal vehicle between points chosen by the rider.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39D3AC6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="06A80759" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E881620" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="171B5D98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1620. Compliance with article before operation as TNC; application; issuance of TNC permit; request for contested case.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6FBC96A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Before a person, corporation, partnership, sole proprietorship, or other entity that uses a digital network, platform, or Internet-enabled application to provide transportation for compensation using a personal vehicle commences to advertise or operate in South Carolina as a TNC, that entity shall comply with the requirements set forth within this article and hold a valid TNC permit issued by the Office of Regulatory Staff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2A0FA22E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) That entity shall submit an application to the Office of Regulatory Staff and provide information that the Office of Regulatory Staff requires.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2D5DD35C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In performing its responsibilities under this article, the Office of Regulatory Staff must balance the interest of the State in promoting innovative, safe, and cost-effective transportation services with an appropriate level of safety protections for TNC passengers and the general public.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6FF33DCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) An application must be accompanied by information required by the Office of Regulatory Staff, which may condition its approval on terms that it determines to be just and reasonable to advance the goals of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="548B7768" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Upon review of the application and a finding that the applicant is fit, willing, and able to conduct business pursuant to the provisions of this article, the Office of Regulatory Staff shall approve the application and issue the entity a TNC permit. A person or entity operating a TNC in South Carolina as of the effective date of this article may continue to operate for a period of sixty days following the effective date of this article so as to permit the person or entity to obtain a permit from the Of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>fice of Regulatory Staff pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0B46135A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) An aggrieved person with standing may file a request for a contested case of a decision of the Office of Regulatory Staff with the Public Service Commission within thirty days of the decision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E80B0EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="56ADDACA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B1A4269" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7FFB56A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1625. Exclusion of insurance coverage while driver logged on digital network or providing prearranged ride; claims coverage investigation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4BA29DA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Insurers that write automobile insurance in the State may exclude any and all coverage afforded under the owner's insurance policy for any loss or injury that occurs while a TNC driver is logged on a TNC's digital network or while the driver provides a prearranged ride. This right to exclude all coverage may apply to any coverage included in an automobile insurance policy including, but not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5E886B8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) liability coverage for bodily injury and property damage;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="42F67532" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) uninsured and underinsured motorist coverage;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="43177981" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) medical payments coverage;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="48A4DAE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) comprehensive physical damage coverage; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="604FCC83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) collision physical damage coverage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="657080C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(B) The exclusions apply notwithstanding any requirement under Sections 56-9-10 through 56-9-630. Nothing in this section implies or requires that a personal automobile insurance policy provide coverage while the transportation network driver is logged on the TNC's digital network, while the driver is engaged in a prearranged ride or while the driver otherwise uses a personal vehicle to transport passengers for compensation. Nothing may be considered to preclude an automobile insurer from providing coverage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the TNC driver's personal vehicle, if it chooses to do so by contract or endorsement.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="71A56FA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(C) Automobile insurers that exclude coverage as permitted in subsections (A) and (B) have no duty to defend or indemnify any claim expressly excluded by those subsections. Nothing in this article may be considered to invalidate or limit an exclusion contained in a policy. An automobile insurer that defends or indemnifies a claim against a driver that is excluded under the terms of its policy as permitted in subsections (A) and (B) has a right of contribution against other insurers that provide automobile </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>insurance to the same driver in satisfaction of the coverage requirements of Section 58-23-1630 at the time of loss.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="46D47D83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) In a claims coverage investigation, TNC's and any automobile insurer potentially providing coverage under Section 58-23-1630 shall cooperate to facilitate the exchange of relevant information with directly involved parties and any automobile insurer of the TNC driver if applicable, including the precise times that a driver logged on and off of the TNC's digital network in the twelve-hour period immediately preceding and in the twelve-hour period immediately following the accident and disclose to one an</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>other a clear description of the coverage, exclusions, and limits provided under any automobile insurance maintained under Section 58-23-1630.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36374D91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="383330A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DFC6A43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0B819909" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1630. Primary automobile insurance; proof of coverage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0FD454A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A TNC driver or TNC on the driver's behalf shall maintain primary automobile insurance that recognizes that the driver is a TNC driver or otherwise uses a personal vehicle to transport riders for compensation and covers the driver:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4FAD68E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) while the driver is logged on the TNC's digital network; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4BA229CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) while the driver is engaged in a prearranged ride.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5D935E04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) The following automobile insurance requirements apply while a participating TNC driver is logged on the TNC's digital network and is available to receive transportation requests but is not engaged in a prearranged ride:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="140102D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) primary automobile liability insurance in the amount of at least fifty thousand dollars for death and bodily injury per person, at least one hundred thousand dollars for death and bodily injury per incident, and at least fifty thousand dollars for property damage;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="17C8DFF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) uninsured motorist coverage as required by Section 38-77-150; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="769B059D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the coverage requirements of this subsection may be satisfied by automobile insurance maintained by the TNC driver, automobile insurance maintained by the TNC, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="499F5C39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The following automobile insurance requirements apply while a TNC driver is engaged in a prearranged ride:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="768C1D5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) primary automobile liability insurance that provides at least one million dollars for death, bodily injury, and property damage;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="30F41BEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) uninsured motorist coverage as required by Section 38-77-150; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="41C96E93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) the coverage requirements of this subsection may be satisfied by automobile insurance maintained by the TNC driver, automobile insurance maintained by the TNC, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="28FF4D8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) If insurance maintained by the TNC driver in subsections (B) or (C) has lapsed or does not provide the required coverage, insurance maintained by a TNC must provide the coverage required by this section beginning with the first dollar of a claim and has the duty to defend such claim.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7302AAD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Coverage under an automobile insurance policy maintained by the TNC may not be dependent upon a personal automobile insurer first denying a claim nor may a personal automobile insurer be required to first deny the claim.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="39CACE43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Insurance required by this section may be placed with an authorized insurer or with an eligible surplus lines insurer pursuant to Section 38-45-90.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="26DF597A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Insurance satisfying the requirements of this section may be considered to satisfy the financial responsibility requirements for a motor vehicle pursuant to Sections 56-9-10 through 56-9-630.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="440A0945" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(H) A TNC driver shall carry proof of coverage satisfying subsections (B) and (C) at all times during use of a vehicle in connection with a TNC's digital network. In the event of an accident, a TNC driver shall provide this insurance coverage to the directly interested parties, automobile insurers, and the investigating police officers, upon request, pursuant to Section 56-10-225. Upon such request, a TNC driver shall also disclose to directly interested parties, automobile insurers, and the investigating </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>police officers, whether he was logged on the TNC's digital network or on a prearranged ride at the time of an accident.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="100AC342" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(I) If a TNC's insurer pays a claim covered under comprehensive coverage or collision coverage, the TNC shall cause its insurer to issue the payment directly to the business repairing the vehicle or jointly to the owner of the vehicle and the primary lienholder on the covered vehicle. The Office of Regulatory Staff shall not assess any fines as a result of a violation of this subsection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="439ECE7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="052FF07E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06E0FCCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0E1979F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1635. Insurance disclosure.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="13867FA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Before TNC drivers are allowed to accept a request for a prearranged ride on the TNC's digital network, the TNC shall disclose to the drivers, in writing, the following information:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7FC49E3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the insurance coverage, including the types of coverage and the limits for each coverage, that the TNC provides while the TNC driver uses a personal vehicle in connection with a TNC's digital network;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="56EC7624" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) depending on its terms, that the TNC driver's personal automobile insurance policy may not provide any coverage while the driver is logged onto the TNC's digital network and is available to receive a transportation request or is engaged in a prearranged ride; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6C2A4538" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) if the vehicle to be used to provide TNC services has a lien against it, the driver has a duty to notify the lienholder that the driver will be using the vehicle for transportation services that may violate the terms of the contract with the lienholder. The driver must disclose to the lender all insurance coverage information provided to the driver by the TNC pursuant to this section. The TNC must provide a standardized form for TNC drivers to use for such notice to the lienholder. The form may be prov</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ided to the driver by the TNC in a digital format. The TNC driver must maintain evidence that notice has been sent to the lien holder as well as wait seven days prior to commencing driving in connection with a TNC.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7ED2E624" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Nothing in this chapter limits the right of a lender or secured party on a driver's vehicle to require a driver to maintain comprehensive and collision damage coverage for a driver's vehicle or to show evidence of that coverage to the lender or secured party that would cover the period when the driver is logged on to the transportation network carrier's digital network regardless of whether the driver is engaged in a prearranged ride. If the driver fails to maintain the required comprehensive and colli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>sion coverage or to show evidence to the lender or secured party of the coverage upon reasonable request by the lender or secured party, the lender or secured party may fully enforce all provisions contained in the loan agreement with the borrower.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0487875B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1935767A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7DA9DB52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7F2EAE29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1640. Safety inspection of TNC vehicle; display of license plate number; violations; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="565D1778" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The TNC driver shall have a certified mechanic licensed in South Carolina conduct a safety inspection of a TNC vehicle within thirty days of the vehicle first providing TNC services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="007830B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The TNC shall not permit a TNC driver to provide TNC services if the TNC vehicle does not pass a certified mechanics inspection as identified in this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="66391DD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The TNC driver shall have periodic safety inspections of the TNC vehicle performed at intervals of at least once each year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="37A8437D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The TNC shall maintain documentation of a TNC vehicle inspection for a period of three years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="750F1163" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The vehicle inspection shall include an inspection of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="477879D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) foot brakes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6A242986" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) emergency brakes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="653A9E70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) steering mechanism;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="23A61AA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) windshield;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3B7DA031" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(5) rear window and other glass;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4819FECE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) windshield wipers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="759F8B8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) headlights;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2CFA3BBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(8) tail lights;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="68502091" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) turn indicator lights;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="63F4E5E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) stop lights;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7A31D880" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) front seat adjustment mechanism;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1605B842" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) door capability to open, close, lock, and unlock;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6AEFA1CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) horn;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="357CFCFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) speedometer;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="771B07F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(15) bumpers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6E9C69BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(16) muffler and exhaust system;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="106CAE78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(17) tire condition including tread depth;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3F9C5EE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(18) interior and exterior rearview mirrors; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4D2AD52F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(19) safety belts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2334EBFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(F) A TNC vehicle must display a consistent and distinctive signage or emblem, which must be known as a trade dress, at all times when the TNC driver is active on the TNC digital platform or providing TNC service. The trade dress used by the TNC must be approved by the Office of Regulatory Staff before its use and:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0FAF1729" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) must be readable during daylight hours at a distance of fifty feet;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="76B40F5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) must be reflective, illuminated, or otherwise patently visible so as to be seen in darkness; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="552CDC71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) may be magnetic or removable in nature.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="013D621E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(G) The Office of Regulatory Staff may conduct inspections of TNC vehicles.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="20768EC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) The vehicle inspection records must be provided to the Office of Regulatory Staff by the TNC upon request.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7F84744F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I) At the time of a pick up of a TNC passenger, a TNC vehicle must display the vehicle's license plate number, which must be printed in a legible font of no less than two inches in height and displayed from the front of the TNC vehicle. The display of the license plate number shall not be required to be permanent and shall not be required to be issued or approved by a TNC or the State, including the Department of Motor Vehicles or the Office of Regulatory Staff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4985E38D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(J) A person who misrepresents himself as an authorized TNC driver is guilty of a misdemeanor and shall be fined not more than five hundred dollars, imprisoned not more than thirty days, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="067843A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(K) A person who knowingly engages in the use of a TNC trade dress or a TNC ridesharing application in the furtherance of a criminal activity is guilty of a misdemeanor and shall be fined not more than one thousand dollars, imprisoned for not more than two years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BEBD498" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1C18F4B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015; 2019 Act No. 82 (H.4380), § 1, eff June 15, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7961C466" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3770E239" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 82, § 1, added (I), requiring TNC vehicles to display license plate numbers from the front; added (J), establishing a misdemeanor offense for misrepresenting oneself as an authorized TNC driver; and added (K), establishing a misdemeanor offense for knowingly using TNC trade dress or ridesharing applications in the furtherance of criminal activity.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4DBE8ED8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5C962AEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1650. Driver qualification requirements; documentation; inspections of records; disclosures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4BCFB2B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The TNC shall obtain certain background and qualification information from a TNC driver before the TNC driver is approved by the TNC to provide TNC services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="13832D3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The TNC driver qualification information shall include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7A27FF90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a valid driver's license issued by the South Carolina Department of Motor Vehicles or the current state of residence for the driver;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2096F690" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) verification that the driver is twenty-one years of age or older;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4C5130BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) a certified copy of the driver's ten year driving record issued by the South Carolina Department of Motor Vehicles and a record from the department of motor vehicles or equivalent agency of the state where the driver has been domiciled for that period;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6DADF2EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) conduct, or have a third party conduct, a local and national criminal background check for each applicant that must include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2C84E8D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a multistate and multijurisdictional criminal records locator or other similar commercial nationwide database with validation (primary source search); and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0ED2F417" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) national sex offender registry database search; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="02CB3AED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) proof of automobile liability insurance in the name of the TNC driver which meets the requirements of Section 38-77-140.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4C7A6B9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The TNC shall verify the TNC driver meets all of the driver qualification requirements in this section at intervals of at least one each year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="226CE0F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The TNC shall maintain documentation of initial and annual verification of TNC driver qualifications for a period of three years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1608D2E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The Office of Regulatory Staff may conduct inspections of TNC driver qualification records.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="23BB3C8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The TNC shall not permit a TNC driver to provide TNC services who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="15A51527" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) does not meet the TNC driver qualifications listed in subsections (B) and (C);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="416B3403" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) is registered or required to be registered as a sex offender with the South Carolina Law Enforcement Division or the National Sex Offender Registry;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="069BD2C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) has been convicted within the past ten years of driving under the influence of drugs or alcohol, driving with an unlawful alcohol concentration, fraud, use of a motor vehicle to commit a felony, a felony crime involving property damage, theft and crimes defined as violent pursuant to Section 16-1-60; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="103CE682" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) is under the influence of drugs or alcohol. Nothing in this section may be construed to require drug testing by a TNC of a TNC driver.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4C2DDB12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Before a TNC driver is allowed to provide a TNC service, the TNC must disclose to the TNC driver that the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="241B3FB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) automobile liability insurance that the TNC provides while the TNC driver is engaged in TNC service or logged into the TNC digital network;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6DB7F784" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) TNC driver's automobile liability insurance may not provide coverage while the TNC driver is engaged in TNC service or logged into the TNC digital network;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="38B7FA13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) provision of TNC services may violate the terms of a contract or financing agreement with a lienholder; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3B6EFF82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) provision of TNC services may have financial consequences related to personal income tax and personal property tax liabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00749C75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="51396778" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3381AAC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="763C9C58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1660. Standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2DCCF865" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A TNC operating in this State shall comply with the following standards:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="46381DF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) A TNC driver shall not provide TNC services or otherwise operate as a passenger vehicle for hire unless a TNC has matched the TNC driver to the TNC passenger through the digital network. A TNC driver shall not solicit or accept passenger rides on-demand or through a "street hail". All payment for TNC services must be made through the digital network and the TNC driver shall not accept cash payments.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3D59F88A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A TNC shall make available to prospective TNC passengers and TNC drivers the method by which the TNC calculates fares or the applicable rates being charged and an option to receive an estimated fare. If the rates vary from those identified in the application to the Office of Regulatory Staff, the TNC must provide the revised rates to the passenger on the digital network.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="065608FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) A TNC shall provide the TNC passenger with an electronic receipt upon completion of the TNC service. The receipt must document the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3780DCDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) point of origin;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4A3E5A02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) point of destination;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1303EAB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) total duration and distance;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="073B0AE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) total fare/rate paid, including base fare and additional charges incurred for distance or duration; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7EE6C83D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) TNC driver's first name.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6D68D601" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) A TNC driver shall display an identification badge including his photograph, first name, personal vehicle make and model, and personal vehicle license plate number. This information may be displayed to the TNC passenger through the TNC digital network.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="59288A89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) A TNC driver shall at all times carry in the TNC vehicle proof of the automobile liability insurance required of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="77E782EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) A TNC shall provide customer support on its digital network, website, or both, for TNC passenger inquiries or complaints and shall respond promptly to all TNC passenger inquiries or complaints.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="197F752E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) A TNC shall not discriminate against TNC passengers on the basis of destination, race, color, national origin, religious belief or affiliation, sex, disability, or age.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0F1B0F54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) A TNC shall provide TNC services in compliance with all applicable laws for providing services to persons with physical and mental disabilities. Service animals and mobility equipment must be permitted to accompany a TNC passenger.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4404D314" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) A TNC shall provide TNC passengers an opportunity to indicate whether they require a wheelchair-accessible vehicle. If a TNC cannot arrange wheelchair-accessible TNC service in any instance, it shall direct the TNC passenger to an alternate provider of wheelchair-accessible service, if available.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2653EC61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) A TNC driver shall take the most direct route to the destination unless the TNC passenger has consented to an alternate route.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4028791F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) A TNC driver may refuse to transport a TNC passenger if the TNC passenger is acting in an unlawful, disorderly or endangering manner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="034B098F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="76159929" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08CF89CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0E467390" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1670. Records and documentation; information requests; confidentiality of information.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4E6D6BA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A TNC shall maintain a record of all TNC services provided in South Carolina for a period of three years from the date of the TNC service. The records shall include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="190B1292" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the time at which a TNC driver logs into the digital network;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="26EB2B9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the time and place of commencement of TNC service;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="63495643" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the address of delivery of the TNC passenger;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1F107C26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the amount of fare charged to the TNC passengers; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0343F94F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(5) any inquiry or complaint of the TNC passenger, the date of the inquiry or complaint, and the resolution of the inquiry or complaint.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7333691E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A TNC shall maintain documentation of each TNC vehicle inspection for a period of three years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="39820BA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The TNC shall maintain documentation of initial and annual verification of TNC driver qualifications for a period of three years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="380FB666" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The TNC shall provide, upon the request of the Office of Regulatory Staff, any factual information regarding TNC drivers, TNC passengers, and TNC services so as to investigate complaints arising under this article. This information must be provided to the Office of Regulatory Staff within a reasonable time period.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2AB25F88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A TNC shall not disclose a TNC driver or passenger's personally identifiable information to a third party unless the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7E35A273" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) TNC driver or TNC passenger consents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6AB7122E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) disclosure is required by legal obligation; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0543876E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) disclosure is required to investigate violations of the TNC driver or TNC passenger terms of use.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="379F8620" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="04B0B969" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75917F94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="25A35108" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1680. Enforcement of article; penalties; revocation of permit; request for contested case; investigations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="04177413" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A certified South Carolina law enforcement officer is authorized to enforce the requirements of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2FCD9EA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) An officer, agent, or employee of a TNC or TNC driver who fails to comply with any requirement contained in this article must be assessed a civil penalty of not less than one hundred dollars for a first violation, not less than five hundred dollars for a second violation, and not less than one thousand dollars for a third violation and subsequent violations. Seventy-five percent of the penalties collected under this section must be remitted to the Office of Regulatory Staff to be used for enforcement o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>perations. Magistrates have jurisdiction over contested violations of this section and are prohibited from suspending or reducing the penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="652F2DB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The Office of Regulatory Staff may revoke a TNC permit if the TNC has made misrepresentation of a material fact in obtaining the TNC permit or, in the opinion of the Office of Regulatory Staff, has failed to comply with the requirements in this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="64EB21D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) An aggrieved person with standing may file a request for a contested case of a decision of the Office of Regulatory Staff with the Public Service Commission of South Carolina within thirty days of the decision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5277A271" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(E) Concerning potential violations of this article, TNC's and their officers, agents, employees, or customers are subject to the investigatory powers provided in Sections 58-4-50 and 58-4-55 to the Office of Regulatory Staff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0E618888" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The Office of Regulatory Staff is authorized to require regular updating of information required from a TNC under this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C609AF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1326C172" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42E6AB53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="468B2070" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1690. Fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="41DE9930" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Office of Regulatory Staff may assess each TNC an annual fee in an amount necessary to permit the Office of Regulatory Staff to carry out the requirements of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="530383F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The annual assessment of fees will be pursuant to Section 58-4-60(B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76092C3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="715E0064" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C77C5DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6C758B9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1700. Local assessment fee; records; confidentiality of information; GIS file available for public use.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="38CC3C34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For the purposes of this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3555FCCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Gross trip fare" means the sum of the base fare charge, distance charge, and time charge for the complete trip at rates published on the TNC's website.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0F3C3D1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Local assessment fee" means one percent of the gross trip fare.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="70FF8E32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Municipality" means a city or town issued a certificate of incorporation, or township created by act of the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2EDC4828" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A TNC shall collect a local assessment fee on behalf of a TNC driver who accepts a request for a prearranged ride made through the TNC's digital network for all prearranged rides that originate in the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="04F09FC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Using the Geographic Information System (GIS) data made available by the Revenue and Fiscal Affairs Office pursuant to subsection (I), a TNC shall determine whether each prearranged trip occurred within the incorporated boundaries of a municipality, or outside of the incorporated boundaries of a municipality and within the boundaries of a county of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="14451CCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) No later than thirty days after the end of a calendar quarter, a TNC shall submit to the Office of Regulatory Staff:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0166A537" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) the total local assessment fees collected by a TNC on behalf of the TNC drivers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="74D89D05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) for trips that originated in a municipality, a report listing the percentage of the gross trip fare that originated in each municipality during the reporting period; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="52B56F84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) for trips that originated outside a municipality, a report listing the percentage of the gross trip fare that originated outside a municipality during the reporting period.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="78D84AC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The funds collected pursuant to this section are not general fund revenue of the State and must be kept by the State Treasurer in a distinct and separate unbudgeted Trust &amp; Agency fund and apart from the general fund. These funds are to be administered by the Office of Regulatory Staff pursuant to this section and expended only for the purposes provided in this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="322BD5C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F)(1) The Office of Regulatory Staff shall retain an amount of one percent of the local assessment fee collected under subsection (D)(1) to cover the expenses borne by the Office of Regulatory Staff derived from:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0F4FA9B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) regulation of TNC's; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="07192AFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) collection, remittance, and distribution of local assessment fees pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0A283800" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Within sixty days of the end of the calendar quarter, the Office of Regulatory Staff shall distribute the remaining portion of the total local assessment fees collected under subsection (D)(1), minus the amount retained pursuant to subsection (F)(1), to each municipality where a trip originated during the reporting period and, for trips that originated outside a municipality, to each county where a trip originated during the reporting period. The distribution to each municipality or county must be prop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ortionate to the percentage of the gross trip fare that originated in each municipality or county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6DBE4146" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(G)(1) To ensure that the TNC has remitted the correct local assessment fee and has accurately reported the percentages attributable to municipalities and counties pursuant to subsection (D), upon request of the municipality, the Office of Regulatory Staff may inspect the necessary records at a TNC's place of business or a mutually agreed upon location. This inspection may not be conducted more than once a year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="74C26B3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) At least forty-five days before the Office of Regulatory Staff conducts an inspection of records pursuant to item (1), the Office of Regulatory Staff shall notify the Municipal Association of South Carolina (MASC) or its successor organization of its intent to conduct an inspection and the date of the planned inspection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3D6B1CAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) MASC may request that a TNC that is subject to inspection under item (1) engage an independent third party auditor to verify that the local assessment to municipalities has been properly accounted for and distributed. At least thirty days before the scheduled audit, MASC must submit this request in writing to the Office of Regulatory Staff and the TNC subject to the audit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="10E96D0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) The TNC that is subject to the audit shall engage the independent third party auditor, which must be selected at the sole discretion of the TNC, and bear all costs associated with the third party audit. The independent third party auditor must be:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2B9EE01E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) a certified public accounting firm licensed in the State; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="057E5636" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) qualified to perform engagements in accordance with Generally Accepted Government Auditing Standards (GAGAS).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="794956C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(b) The TNC shall provide MASC with a copy of the third party audit report within fifteen days of completion, which shall in no event, occur later than ninety days after receipt of MASC's written request. The audit report must disclose the amount of any underpayments or overpayments to municipalities and counties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0F13EFCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) A person employed by or formerly employed by MASC who discloses to a third party any information that the TNC marked in the audit report as confidential must be assessed civil penalties as contained in Section 58-23-1680 unless the individual obtained the TNC's written consent prior to disclosure. Nothing in this section must be construed to restrict MASC from disclosing any overpayment or underpayment with the impacted municipalities or counties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="189359F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) In the event that a TNC submits a report to the ORS that is subsequently determined to be inaccurate, thereby leading to an underpayment or overpayment of a municipality's or county's local assessment fee, the Office of Regulatory Staff shall correct the underpayment and overpayment by offsetting the amount of the underpayment or overpayment in subsequent local assessment fee distributions. In the event a TNC remits an assessment fee to the Office of Regulatory Staff that is determined to constitute an</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> underpayment of the total assessment fee required by this article, the Transportation Network Company shall, within thirty days of receiving notification of the determination, remit the balance owed to the Office of Regulatory Staff. A TNC that submits a report containing an inaccuracy or remits an assessment fee that constitutes an underpayment that is determined by the Office of Regulatory Staff to be the result of an intentional misrepresentation must be assessed damages that are no less than three time</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s the amount of the underpayment or resultant underpayment to the municipality or county impacted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="44DEDC38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) Any records maintained by a TNC pursuant to this section that are obtained by the Office of Regulatory Staff, a public body as defined by Section 30-4-20(a), or any records that incorporate information from records maintained pursuant to this section, must not be subject to disclosure under the Freedom of Information Act as provided for in Chapter 4, Title 30, or any other provision of law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="08838527" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I) The Office of Regulatory Staff may not disclose records or information provided by a TNC unless disclosure is required by a subpoena or court order. If a disclosure is required, the Office of Regulatory Staff shall promptly notify the TNC prior to the disclosure. Nothing in this section may be construed to restrict the Office of Regulatory Staff from disclosing any overpayment or underpayment with the impacted municipalities or counties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="54BA9766" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(J) To ensure proper distribution of the local assessment fee pursuant to subsection (D)(2), the Revenue and Fiscal Affairs Office shall prepare and make available for public use a GIS file showing the state's county and municipal boundaries. This file must be updated on a quarterly basis, and published on the Revenue and Fiscal Affairs Office's website. In addition to the requirements of Section 5-3-90, municipalities shall provide annexation information to the Revenue and Fiscal Affairs Office within thi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rty days after the annexation is complete. Such information shall include a written description of the boundary, along with a map or plat which clearly defines the new territory added.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="036EB5EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(K) This section takes effect ninety days after the effective date of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06F42153" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="68BA8BA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff September 22, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2AD09B59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1EA43A3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 88, § 4, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="44424B17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 4. Except as provided in Section 58-23-1700(K), as contained in Section 1, the provisions of this act take effect upon approval by the Governor."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D48A16A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="095341FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1710. Law governing TNC's and TNC drivers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="19966E5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) Except as otherwise provided in this chapter, TNC's and TNC drivers are governed exclusively by this article and by any regulations promulgated by the Office of Regulatory Staff consistent with this article. TNC drivers remain subject to all local ordinances outside the scope of this article, whether directly or indirectly impacting the delivery of TNC driver services including, but not limited to, parking and traffic regulations that are not inconsistent with the provisions of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="170A77E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Political subdivisions are prohibited from imposing a tax on a TNC, a TNC driver, or a vehicle used by a TNC driver, including a business license tax, where the tax is assessed in connection with prearranged rides in the State. Nothing in this article may be construed to restrict a municipality from collecting a business license tax from a TNC located within its boundaries if the tax is limited to receipts or revenue that is not subject to a local assessment fee pursuant to Section 58-23-1700 or a busi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ness license tax.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="471DB067" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In order for a TNC and a TNC driver to provide prearranged rides on airport property, the TNC must comply with Federal Aviation Administration regulations and airport regulations relating to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="217A04C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) payment of reasonable fees to operate at the airport, agreed to by the TNC and each individual airport, not based on a per-passenger, per-driver, or per-vehicle basis; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="564DAB44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) designating locations for staging, pick-ups, drop-offs, and other similar locations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E24F84A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5177672B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5470A8B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="07306BE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1720. Construction with federal law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2D885D70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions contained in this article do not preempt any federal regulation relating to the provision of transportation services at any facility regulated by the United States Federal Aviation Administration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A12FB54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3D2AA7FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 88 (H.3525), § 1, eff June 24, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32B5FA8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1DF40498" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0B9C7C80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Public Transportation Passenger Rights</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="433C3615" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="64B38819" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1810. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="32163DD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article may be cited as the Public Transportation Passenger Rights Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F231FD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="46B87EAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 405, eff May 12, 1986.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4150E8B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="2F18A4BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1820. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="182B0038" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of this article:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...97 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6EAE975E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(a) "passenger" means any individual served by a public transportation provider including charter bus activities;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="77BF7331" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(b) "bus" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means any passenger bus or other motor vehicle having a seating capacity of not less than ten passengers operated by a public transportation provider for the purpose of carrying passengers, including charter passengers;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="17FC2DF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) "public transportation" is as defined in item (10) of Section 58-25-20;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="45086BF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) "public transportation provider" means any operator who offers or delivers public transportation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="69F399C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) "public transportation vehicle" means any configuration of equipment for the purpose of providing public transportation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="31EA7546" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4A6880B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 405, eff May 12, 1986.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5EF3714F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6F937E2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 58-23-1830. General prohibitions; persons who may be refused transportation; violations and penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="3F21109C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) It is unlawful for any passenger to commit any of the following acts in a bus or any other public transportation vehicle:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="6B27A523" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) discard litter, except into receptacles designated for that purpose;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="7A35AE9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) play any radio, cassette, cartridge, tape player, or similar device unless controlled by the operator, unless the device is connected to an earphone that limits the sound to the hearing of the individual user;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="5FDC8F78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) carry or possess any weapon, explosives, acids, other dangerous articles, or live animals, except for a seeing eye dog or a hearing ear dog properly harnessed and accompanied by its owner, small animals properly packaged, or weapons carried by or animals used by a law enforcement official;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="132F837E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) obstruct, hinder, interfere with, or otherwise disrupt or disturb the operation or operator of a public transportation vehicle;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="0A10DCED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) board a public transportation bus through the rear exit door, unless so directed by an employee or agent of the carrier;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1B94301B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(6) use profane, indecent, or obscene language or actions on a public transportation vehicle, or conduct himself in a boisterous fashion while on a public transportation vehicle.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="1EAE8BBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Intoxicated persons may be excluded from riding in any public transportation vehicle by the vehicle's driver or operator.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="4FA74F44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) The driver of any public transportation vehicle may refuse to transport any person who insists on boarding the vehicle in a manner that will obviously violate any of the above provisions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="437441CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(d) Any person violating the provisions of subsection (a) of this section is guilty of a misdemeanor, and upon conviction for a first offense must be imprisoned for not more than thirty days or fined not more than two hundred dollars, for a second offense, imprisoned for not more than sixty days or fined not more than five hundred dollars, or both, and for a third or subsequent offense, imprisoned for not more than ninety days or fined not more than one thousand dollars, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39B2F6B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D06632" w:rsidRDefault="00D06632" w14:paraId="10DC945C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 405, eff May 12, 1986.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -19014,51 +20288,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -19495,66 +20769,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>