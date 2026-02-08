--- v0 (2025-10-29)
+++ v1 (2026-02-08)
@@ -1,406 +1,391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra4563d978cf64a24" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b801daf748a04947a3a719a7896cbaec.psmdcp" Id="R741549877eb349d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5a628d4b1693490e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc2d9b57d7f446cc8dd43afce6da5383.psmdcp" Id="Rba5ed3ff6ad0419d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00502235" w:rsidRDefault="00502235" w14:paraId="00105AF4" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="2A654036" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="4784A06F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 23</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Election Expenses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7100ED5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="11A372A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 7-23-10. Expenses of general election officers.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="22D453B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each commissioner or board member of state and county general elections shall receive as expenses an amount as appropriated in the annual state general appropriations act, payable quarterly, and is entitled to election-day mileage as provided by law for state employees. Managers and clerks of general elections shall receive a per diem as is provided in the annual state general appropriations act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A99FF83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="32466970" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 23-601; 1952 Code § 23-601; 1942 Code § 2316; 1932 Code § 2316; Civ. C. '22 § 250; Civ. C. '12 § 248; Civ. C. '02 § 222; G. S. 126, 152; R. S. 180; 1882 (17) 1100; 1883 (18) 260; 1966 (54) 2243; 1984 Act No. 288, eff March 5, 1984; 1990 Act No. 352, § 1, eff March 19, 1990.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60EB7AA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="68DA90A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 7-23-20. Payment for notices of election.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7C3B54A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notices of election published in any public gazette or county newspaper by authority of the proper board of voter registration and elections, as required by law, shall be paid for at the rates prescribed by law for legal notices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5AF0C742" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="45A5190B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 23-603; 1952 Code § 23-603; 1942 Code § 2316; 1932 Code § 2316; Civ. C. '22 § 250; Civ. C. '12 § 248; Civ. C. '02 § 222; G. S. 126, 152; R. S. 180; 1882 (17) 1100; 1883 (18) 260.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D6041B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="4BF5AA89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 7-23-40. Expenses payable by counties.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="79E331B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The governing bodies of the several counties shall audit and pay all accounts for necessary expenses incurred by the members of the board of voter registration and elections and managers of election for stationery, the making of election boxes, rents and similar expenses in elections held in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69491D59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="689AF18C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-605; 1952 Code § 23-605; 1942 Code § 2316; 1932 Code § 2316; Civ. C. '22 § 250; Civ. C. '12 § 248; Civ. C. '02 § 222; G. S. 126, 152; R. S. 180; 1882 (17) 1100; 1883 (18) 260.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -411,51 +396,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -892,66 +877,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>