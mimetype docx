--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -1,1125 +1,1257 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc8f6c763539d4857" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/feed63465f7b47d79634105f984ca01d.psmdcp" Id="Re1598b6726134bde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R995364a5e0504188" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8160376dd2ea47ec893bb0ac1155e481.psmdcp" Id="R93e8d3f6667a4412" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00594038" w:rsidRDefault="00594038" w14:paraId="7FF5DA12" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="074354D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="677C1A21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Drug Product Selection Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="54CE3C36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="02FBE6D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-24-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2ED2CB3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>This chapter shall be known and may be cited as the "Drug Product Selection Act of 1978".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1BC3D9F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="05934E23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 595 § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="096EA360" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6D5B6AC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-24-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4EA409FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="229BA9E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Brand name" means the proprietary or trade name placed upon a drug, its container, label or wrapping at the time of packaging;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="69AB7562" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Generic name" means the United States Adopted Name (USAN) or the official title of a drug published in the latest edition of a nationally recognized pharmacopoeia or formulary;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7438679B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Substitute" means to dispense, with the practitioner's authorization, a "therapeutically equivalent" generic drug product of identical drug salt or an interchangeable biological product in place of the drug or biological product ordered or prescribed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3AC99F31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Therapeutically equivalent" means the same efficacy and toxicity when administered to an individual in the same dosage form; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="36485DD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Practitioner" means a physician, osteopath, dentist, podiatrist, veterinarian, or any other person authorized to prescribe drugs under the laws of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3FDC965A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="72B0A5A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 595 § 2; 2017 Act No. 11 (H.3438), § 1, eff April 24, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="163E0D32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7791F272" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 11, § 1, in (3), inserted "or an interchangeable biological product" and "or biological product".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3AC8CE9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7CEE4757" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-24-30. Substitution of equivalent drug product authorized; substitution of interchangeable biological product authorized.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="381FB2B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) As provided in Section 39-24-40, upon receiving a prescription for a brand name product, a registered pharmacist may substitute a drug product of the same dosage form and strength which, in his professional judgment, is a therapeutically equivalent drug product.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1B0BD421" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) As provided in Section 39-24-40, upon receiving a prescription for a specific biological product, a registered pharmacist may substitute an interchangeable biological product.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2258BB31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="55598932" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 595 § 3; 2017 Act No. 11 (H.3438), § 2, eff April 24, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5B59D929" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="080951BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 11, § 2, inserted paragraph designator (A), and added (B), relating to the substitution of interchangeable biological products.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="366637F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0DF48A96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-24-40. Prescription shall state whether substitution is permitted; consent of patient.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5896D7F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An oral or written drug prescription must provide an authorization from the practitioner as to whether or not a therapeutically equivalent generic drug or interchangeable biological product may be substituted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="78F21F8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(B) A written prescription must have two signature lines at opposite ends on the bottom of the form. Under the line at the left side must be clearly printed the words "DISPENSE AS WRITTEN". Under the line at the right side shall be clearly printed the words "SUBSTITUTION PERMITTED", unless the prescription is to be paid for with Medicaid funds. The practitioner shall communicate the instructions to the pharmacist by signing on the appropriate line. A written prescription is not valid without the signature </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>of the practitioner on one of these lines.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1999F9BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) An oral prescription from the practitioner must instruct the pharmacist as to whether or not a therapeutically equivalent generic drug or interchangeable biological product may be substituted, unless the prescription is to be paid for with Medicaid funds. The pharmacist shall note the instructions on the file copy of the prescription and retain the prescription form for the period as prescribed by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1C8D73BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The pharmacist shall note the brand name or the manufacturer of the substituted drug or biological product dispensed on the file copy of a written or oral prescription or record this information electronically, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2B0B2EDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Substitution may not occur unless the pharmacist advises the patient that the practitioner has authorized substitution and the patient consents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0A071D7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) If a pharmacist substitutes a generic drug for a name brand prescribed drug when dispensing a prescribed medication, the brand name and the name of the generic drug and its manufacturer, with an explanation of "generic for" or similar language to indicate substitution has occurred, must appear on the prescription label and be affixed to the container or an auxiliary label, unless the prescribing practitioner indicated that the name of the drug may not appear upon the prescription label.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="428B5837" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) If a pharmacist substitutes an interchangeable biological product for a specific biological product prescribed when dispensing a prescribed medication, the brand name and the name of the interchangeable biological product and its manufacturer, with an explanation of "interchangeable with" or similar language, to indicate substitution has occurred, must appear on the prescription label and be affixed to the container or an auxiliary label unless the prescribing practitioner indicated that the name of th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>e biological product may not appear on the prescription label.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="673841E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6C4BE586" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 595 § 4; 1994 Act No. 416, § 1, eff May 24, 1994; 2002 Act No. 314, § 1, eff July 1, 2002; 2017 Act No. 11 (H.3438), § 3, eff April 24, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5CD03375" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="190202E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment added the sixth paragraph, providing that if a pharmacist substitutes a generic drug for a name brand prescribed drug the generic drug must be listed first followed by the words "substituted for" and the name brand or this information must be affixed to the container.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1249D2E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2002 amendment designated the subsections; in subsection (A), substituted "An" for "Every", and "must" for "shall"; in subsection (B), substituted "must" for "shall", "the words 'SUBSTITUTION PERMITTED', unless the prescription is to be paid for with medicaid funds" for "the words 'SUBSTITUTION PERMITTED'", "A written prescription" for "No written prescription", and "is not" for "shall be"; in subsection (C), substituted "must" for "shall", and inserted "unless the prescription is to be paid for with me</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>dicaid funds"; rewrote subsections (D) and (F); and in subsection (E), substituted "may" for "shall".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0C78E078" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2017 Act No. 11, § 3, in (A) and (C), inserted "or interchangeable biological product"; in (D), inserted "or biological product"; and added (G), relating to prescription requirements to substitute interchangeable biological products.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D9A6AF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1A42B28D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-24-50. Retroactive effect.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="469A2E8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>No provisions of this chapter shall apply to, nor be construed to invalidate, prescriptions issued prior to the effective date of this chapter; provided, that an oral authorization for substitution may be obtained from the prescribing practitioner by the pharmacist on any prescription issued prior to the effective date of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39C7ADA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="25B7B299" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 595 § 4A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26B9FD19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="713683BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-24-60. Out-of-state and United States Government prescriptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="198DA0B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>This chapter shall not be construed to prevent registered pharmacists from filling, as otherwise provided by law, prescriptions originating outside the boundaries of this State and official United States Government prescriptions issued by authorized governmental officials.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1314A849" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="02ED877B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 595 § 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1130,51 +1262,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1611,66 +1743,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>