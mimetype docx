--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,1330 +1,1235 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb69c7ee9387849b3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/847d2c3937824bf2953aa8ca231079ee.psmdcp" Id="Rc8f7ee17afbd4db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ree28251fb6c34503" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f827a06d0cc4589a3e9ad8086f36431.psmdcp" Id="Rfd67e20b1586445c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A626C7" w:rsidRDefault="00A626C7" w14:paraId="78D71E77" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="680528B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7806276D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Limitations on Dispensing of an Ophthalmic Contact Lens or Lenses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="7AA607AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="75DB637F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-25-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3E6B1DB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5C3CCEBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Contact lens prescription" means a written order bearing the original signature of a licensed optometrist or ophthalmologist or an oral order issued directly to a dispenser by a licensed optometrist or ophthalmologist which authorizes dispensing ophthalmic contact lenses to a patient, including contact lenses with or without power sold for any purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="0A2DFF9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Person" means an individual, corporation, trust, partnership, incorporated or unincorporated association, and other legal entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="761E3C08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Department" means the South Carolina Department of Consumer Affairs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7CECD401" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="78D35FFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 160, § 1, eff June 14, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5DEEF6CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5BEE9DF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-25-20. Prescription required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="621771D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>It is unlawful for a person to dispense an ophthalmic contact lens or lenses without first having obtained a valid, unexpired contact lens prescription from a licensed optometrist or ophthalmologist.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="665619B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1F04C737" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 160, § 1, eff June 14, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F54BBE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="29CF683B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-25-30. Prescription; contents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1D4765A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A contact lens prescription must include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="051CACD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) ophthalmic information necessary to fabricate or dispense the lenses accurately, including the lens manufacturer, lens series, and the lens material, if applicable;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="24A9D8E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the diameter, axis, add power, cylinder, peripheral curve, optical zone, and center thickness, where applicable;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="3E98C9F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) power and base curve;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="59FFF8E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) name, license number, telephone number and, for written orders, the signature of the prescribing optometrist or ophthalmologist;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="447E5486" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) patient's name and address, expiration date of the prescription, and number of refills or lenses permitted; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1B0DC0C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) the date of issuance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EB1AA71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2EE4ED50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 160, § 1, eff June 14, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3620F0CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="792025E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-25-40. Prescription; time valid.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6D186E2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A prescription for a contact lens without power sold for any reason is valid for twelve months from the later of the date: (i) the prescription is authorized; or (ii) the last date of the contact lens evaluation by an optometrist licensed in accordance with Chapter 37, Title 40 or ophthalmologist licensed in accordance with Chapter 47, Title 40. A contact lens prescription may not be issued to expire beyond this twelve-month period and may be only issued to expire before the end of this twelve-month period</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> if the expiration is ordered due to a health related reason noted in the patient's medical chart.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12B9DD82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="124B4776" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 160, § 1, eff June 14, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54C45A8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="02E0C7A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-25-50. Contact lens fitting; when complete and prescription written.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="05C6144D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>A contact lens fitting is complete and a contact lens prescription may be written when customary professional standards have been followed including, at least:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4EEF4E13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the licensed optometrist or ophthalmologist has completed all measurements, tests, and examinations necessary to satisfy his or her professional judgment that the patient is a viable candidate to wear contact lenses, which determination may require more than one visit between the patient and the optometrist or ophthalmologist; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="009FA2B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) contact lenses suitable for the patient's eyes have been evaluated and fitted by the licensed optometrist or ophthalmologist to the patient's eyes, and the optometrist or ophthalmologist is satisfied with the fitting based on the visual needs of the patient. An optometrist or an ophthalmologist may employ ophthalmic assistants or ancillary personnel to satisfy the customary professional standards in this section if those persons are under the direct supervision of the prescribing optometrist or ophthal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>mologist and the prescribing optometrist or ophthalmologist has direct on-site contact with the patient.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2CC4186B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="34CF15DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 160, § 1, eff June 14, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E1F5822" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="419575F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-25-60. Release of prescription.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="15829156" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A contact lens prescription, written and signed by an optometrist licensed in accordance with Chapter 37, Title 40 or an ophthalmologist in accordance with Chapter 47, Title 40 must be released without additional charge, upon request of the patient, after the fitting is complete and upon payment in full for the examination and fitting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="182FAC53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="16DD29EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 160, § 1, eff June 14, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B1FDABA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="066F0710" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-25-70. Penalties; contested case hearing; order for enforcement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="259960A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A person who offers to dispense or dispenses contact lenses in violation of this chapter, in addition to another penalty provided by law, is subject to a civil penalty imposed by the Department of Consumer Affairs in an amount not to exceed five thousand dollars for each violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="78DDC700" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person aggrieved by an order of the department may request a contested case hearing before the Administrative Law Court in accordance with the Administrative Law Court Rules of Procedure. The department may obtain an order from the Administrative Law Court for enforcement of the department's orders as provided in the Administrative Procedures Act and the Administrative Law Court Rules of Procedure. The proceeding for enforcement must be initiated by filing a petition with the Administrative Law Court</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with the Administrative Law Court Rules of Procedure. A copy of the request for a contested case hearing must be served upon all parties of record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55D26A0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="164852E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 160, § 1, eff June 14, 2005; 2008 Act No. 281, § 1, eff June 5, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="191265CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="607716F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-25-80. Immunity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="79BB5703" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A licensed optometrist or ophthalmologist who has prescribed contact lenses or who releases a contact lens prescription pursuant to this chapter is not liable for damages due to injury resulting from violation of this chapter unless the person offering to dispense or dispensing the contact lenses and the person that prescribed the contact lenses are the same person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50E65AC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2B73A0BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 160, § 1, eff June 14, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1335,51 +1240,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1816,66 +1721,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>