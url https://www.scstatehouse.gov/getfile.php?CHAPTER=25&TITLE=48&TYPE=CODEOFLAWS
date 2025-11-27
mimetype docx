--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,5846 +1,5813 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdf8de263e7994e56" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8523afc5afb347329df89ed835def6c6.psmdcp" Id="Rc00933c700fb478e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R67fe93e4f01a4218" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2d78307a77b4347820677b097f8afd6.psmdcp" Id="Ra5d98e59804b41ac" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="3DB01A4C" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5AB1E0E0" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="208E8426" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="23F68953" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Forestry Districts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="1EBD5B15" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="514967F9" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="72628846" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6677F0A5" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-25-10. Establishment of forestry districts for fire protection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="18B90F50" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="111900AD" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>There are hereby created and established forty-six several respective forestry districts for fire protection of the forests of South Carolina. Each of the several respective forestry districts shall be composed of one of the several respective counties of the State of South Carolina, and shall be as follows and so numbered and designated, to wit:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="327"/>
         <w:gridCol w:w="4404"/>
         <w:gridCol w:w="4419"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abbeville County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aiken County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Allendale County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anderson County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bamberg County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Barnwell County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Beaufort County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Berkeley County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Calhoun County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Charleston County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cherokee County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Chester County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Chesterfield County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clarendon County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Colleton County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Darlington County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dillon County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dorchester County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Edgefield County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fairfield County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Florence County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Georgetown County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Greenville County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Greenwood County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hampton County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Horry County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Jasper County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kershaw County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lancaster County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Laurens County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lee County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lexington County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Marion County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Marlboro County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>McCormick County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Newberry County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oconee County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Orangeburg County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pickens County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Richland County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Saluda County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Spartanburg County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sumter County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Union County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Williamsburg County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Forestry District No. 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008E32C0" w:rsidRDefault="008E32C0">
+          <w:p w:rsidR="00312160" w:rsidRDefault="00312160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>York County</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="5ADDC22C" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="04854023" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+        <w:tab/>
+        <w:t>Each forestry district enumerated and designated herein shall have the same territory and territorial boundaries as the county which it represents and in which it is located.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="78A46F8C" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77F06C60" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="23207198" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>Each forestry district enumerated and designated herein shall have the same territory and territorial boundaries as the county which it represents and in which it is located.</w:t>
+        <w:t>HISTORY: 1962 Code § 29-30.11; 1964 (53) 1867.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="3DAC52F4" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7CACB41D" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="046E6966" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="21CF4C95" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>HISTORY: 1962 Code § 29-30.11; 1964 (53) 1867.</w:t>
+        <w:t>SECTION 48-25-20. Enactment of fire protection laws by General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="1EB1A4A5" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="27BEBD45" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>SECTION 48-25-20. Enactment of fire protection laws by General Assembly.</w:t>
+        <w:tab/>
+        <w:t>The General Assembly may enact fire protection laws to protect the forests in each of the several respective forestry districts of the State as herein enumerated and designated and as authorized and provided by the amendment to § 34 of article III, of the State Constitution of 1895, ratified February 13, 1963, by Act No. 28, "An Act To Ratify The Amendment To Section 34 of Article III Of the Constitution Of This State, Relating To The Prohibition Of Special Laws, So As To Empower The General Assembly To Di</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+        <w:t>vide The State Into Forestry Districts And To Enact Legislation For The Protection Of Forestry In The Districts," Acts and Joint Resolutions of the General Assembly of the State of South Carolina, 1963, page 23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="04BF63F4" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C6FBFF4" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="7791594C" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="54DD0EDF" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>HISTORY: 1962 Code § 29-30.12; 1964 (53) 1867.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>The General Assembly may enact fire protection laws to protect the forests in each of the several respective forestry districts of the State as herein enumerated and designated and as authorized and provided by the amendment to § 34 of article III, of the State Constitution of 1895, ratified February 13, 1963, by Act No. 28, "An Act To Ratify The Amendment To Section 34 of Article III Of the Constitution Of This State, Relating To The Prohibition Of Special Laws, So As To Empower The General Assembly To Div</w:t>
-[...13 lines deleted...]
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="7A96B4C7" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="701A87B9" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="2E72EBFE" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="056F8D94" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>HISTORY: 1962 Code § 29-30.12; 1964 (53) 1867.</w:t>
+        <w:t>SECTION 48-25-30. Combination of districts into compact forestry districts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="5A3B4890" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="101A8AC0" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>SECTION 48-25-30. Combination of districts into compact forestry districts.</w:t>
+        <w:tab/>
+        <w:t>The General Assembly may combine any two or more of the forestry districts herein enumerated and designated into a compact forestry district and likewise may combine a forestry district or forestry districts with a compact forestry district and, also compact forestry districts with compact forestry districts. Provided, that the forestry districts or the compact forestry districts so combined, as herein provided, are contiguous. Provided, further , that the fire protection laws of the forests of any compact</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve"> forestry district are equal and uniform throughout such compact forestry district. The first compact forestry district created and established by combining two or more contiguous forestry districts, as herein provided, for fire protection of the forests of such compact forestry district by equal and uniform fire protection laws of the forests throughout the compact forestry district shall be designated and enumerated as Compact Forestry District No. 1, and any following compact forestry districts shall be </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>successively designated and enumerated in numerical order. The remaining forestry districts each composed of a single county shall be renumbered appropriately in successive numerical order as herein provided.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="11670E65" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C8870BD" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="1489C295" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="333DFD02" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>The General Assembly may combine any two or more of the forestry districts herein enumerated and designated into a compact forestry district and likewise may combine a forestry district or forestry districts with a compact forestry district and, also compact forestry districts with compact forestry districts. Provided, that the forestry districts or the compact forestry districts so combined, as herein provided, are contiguous. Provided, further , that the fire protection laws of the forests of any compact</w:t>
+        <w:t>HISTORY: 1962 Code § 29-30.13; 1964 (53) 1867.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> forestry district are equal and uniform throughout such compact forestry district. The first compact forestry district created and established by combining two or more contiguous forestry districts, as herein provided, for fire protection of the forests of such compact forestry district by equal and uniform fire protection laws of the forests throughout the compact forestry district shall be designated and enumerated as Compact Forestry District No. 1, and any following compact forestry districts shall be </w:t>
-[...13 lines deleted...]
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="081FA5FE" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A966A1B" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="62211C95" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="5FA332A9" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>HISTORY: 1962 Code § 29-30.13; 1964 (53) 1867.</w:t>
+        <w:t>SECTION 48-25-40. Laws applicable to all forestry and compact forestry districts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="2280B84F" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="515E4135" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>SECTION 48-25-40. Laws applicable to all forestry and compact forestry districts.</w:t>
+        <w:tab/>
+        <w:t>The State laws in force on March 6, 1964 affecting forestry shall, until changed, apply to all of the forestry districts and compact forestry districts of the State, except where otherwise specified, and all laws of the State thereafter enacted shall apply to the entire State except where otherwise specified.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="45438E48" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24FC8811" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="369051D1" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="295CE4DC" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>The State laws in force on March 6, 1964 affecting forestry shall, until changed, apply to all of the forestry districts and compact forestry districts of the State, except where otherwise specified, and all laws of the State thereafter enacted shall apply to the entire State except where otherwise specified.</w:t>
+        <w:t>HISTORY: 1962 Code § 29-30.15; 1964 (53) 1867.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="0538E6DB" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40DFDD01" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="29E8DCAF" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="457CD726" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>HISTORY: 1962 Code § 29-30.15; 1964 (53) 1867.</w:t>
+        <w:t>SECTION 48-25-50. Duty of law enforcement officers to enforce forestry laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="2BF4C9BB" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1118731E" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>SECTION 48-25-50. Duty of law enforcement officers to enforce forestry laws.</w:t>
+        <w:tab/>
+        <w:t>It shall be the positive duty of all sheriffs, deputy sheriffs, constables, rural policemen, and special officers to actively cooperate with the South Carolina Commission of Forestry and the State Forester in the enforcement of the forestry laws of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="3113EB35" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55CC8B09" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="7518EF87" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="1D1FBBC9" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 29-30.16; 1964 (53) 1867.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -5851,51 +5818,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -6332,66 +6299,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>