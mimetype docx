--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,791 +1,757 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b0ca4ed85c94127" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cd5aa896ef2416eab35cfc78f958599.psmdcp" Id="Rf8856682a155470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7b32f19856fa4e80" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db4f7cbac04a434b82acb65e915c519b.psmdcp" Id="R892d7fdb57944671" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007449D4" w:rsidRDefault="007449D4" w14:paraId="28F104B9" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="4DDA87BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="3348241D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Office of State Climatology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="05511405" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="744AE4B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-25-10. Creation of South Carolina State Climatology Office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="27646640" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created within the Department of Natural Resources the South Carolina State Climatology Office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1112C9E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="3FB6B03B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 479, § 1; 1993 Act No. 181, § 1251.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E3598B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="0CE5EB3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-25-20. Appointment of state climatologist.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="19A5F05D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The director shall appoint the state climatologist who shall serve as director of the office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="154112DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="1AD77135" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 479, § 1; 1993 Act No. 181, § 1251.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0464EF56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="2B103F57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-25-30. Powers and duties of office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="54F12488" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The office has the following powers and duties:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="00EE8357" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>1. to serve as a climatological focal point for state government and its agencies;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="49EF299B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. to provide climatological support to the department and other state agencies as required, including collection and analysis of climatic data, such as drought, flood, rainfall, storms, and other climatic information that affect water management in South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="0DC298D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>3. to acquire, archive, process, and disseminate all climatic and weather information which is or may be of value to policy and decision makers in the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="6BDCCC79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>4. to act as the representative of the State in all climatological and meteorological matters within and outside the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="767CDCEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>5. to prepare, publish, and disseminate regular climatic information for those individuals, agencies, and organizations whose activities are related to the welfare of the State and are affected by climate and weather, and to serve as a source of climatic information for the citizens of South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="2DECA42A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>6. to conduct and report on studies of climate and weather phenomena of significant socioeconomic importance to the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="4DA22912" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>7. to evaluate the significance of natural, man-made, deliberate, and inadvertent changes or modifications in the climate and weather affecting the State, and to report this information to those agencies and organizations in the State which are likely to be affected by the changes or modifications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="294C0F53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="35BF7C11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 479, § 1; 1993 Act No. 181, § 1251.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D5E97D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="78284FD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 49-25-40. Certification of copies as authentic reproductions of weather records; presentation of annual report.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...56 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="46D63D98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The state climatologist may certify copies as being authentic reproductions of w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>eather records held in the State and shall present a report each year to the board of the Department of Natural Resources concerning the activities of the climatic program and other information which the board may consider necessary.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="368FE689" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E5447A" w:rsidRDefault="00E5447A" w14:paraId="4BCE10D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 479, § 1; 1993 Act No. 181, § 1251.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -796,51 +762,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1277,66 +1243,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>