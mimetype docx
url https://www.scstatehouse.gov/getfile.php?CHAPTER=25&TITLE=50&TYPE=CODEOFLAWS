--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -1,3859 +1,4205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R83da4ea2ce7b4a96" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85f1da4b923d483c959e5947bb62d7ae.psmdcp" Id="R477a78992d394965" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R857a84845c8b4f27" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4479167a344a45c88bb68dc758fd4bb4.psmdcp" Id="R44acf4035b024e76" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00112112" w:rsidRDefault="00112112" w14:paraId="09DCDD10" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="61523FD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0835D8FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Boating and Surfing at Particular Localities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="64F92D5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="19A23939" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="21DCC61D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Boats on Bath Lake</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="37AB12C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1BBAD3B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-10. Operation of motorboats.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6355C9D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Except on and during legal holidays, the operation and driving of motorboats upon the waters of Bath Lake in Aiken County by any method or means whereby disturbing, excessive and useless noises are produced by such operation is declared a public nuisance and is hereby forbidden. Any person who shall violate the provisions hereof shall be guilty of a misdemeanor and upon conviction shall be punished by a fine of not less than twenty-five dollars and not more than fifty dollars or imprisonment for a period n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ot exceeding thirty days. All fines imposed and collected under the provisions hereof shall be paid to the treasurer of Aiken County and by him credited to the school funds of the school district in which Bath Lake is situated.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12BE2FF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="118D6910" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 70-321; 1952 Code § 70-321; 1942 Code § 3937; 1933 (38) 94; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="784720F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4EFCFFCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="051B685C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Motorboats at Certain Beaches in Beaufort County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="650DB70C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="065AC0E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-110. Operation of motorboats on portion of Brighton Beach in Beaufort County.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D39E160" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for any person to operate any boat propelled at the time by an inboard or outboard motor at Brighton Beach on May River in Beaufort County, between the low and high tide water marks and between the docks of J. E. Smith on the east and the docks of C. Ray Carter on the west. It is declared that the operation of such craft in the area referred to constitutes an undue hazard to persons using the area on this beach for bathing and swimming. The supervisor of Beaufort County shall place at each e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nd of this area an appropriate sign designating it as a bathing area only. It is made the special duty of the sheriff of Beaufort County and his deputies to see that the provisions of this section are observed and enforced. Any violation of the provisions of this section is declared to be a misdemeanor and, upon conviction, the offender shall be fined not exceeding one hundred dollars or be imprisoned for a term not exceeding thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69227914" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="07AA7386" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 70-331; 1953 (48) 36; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C1F2A9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="59C22DE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-120. Operation of motorboats at Bailey's Beach in Beaufort County.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="40CC41A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for any person to operate a boat propelled at the time by an inboard or outboard motor between the low and high tide water marks and within two hundred feet east or west of a dock owned by George Bailey at Bailey's Beach on the north side of the Colleton River in Beaufort County. It is declared that the operation of such craft in the area referred to constitutes an undue hazard to persons using the area on this beach for bathing and swimming. Any violation of the provisions of this section i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s declared to be a misdemeanor and, upon conviction, the offender shall be fined not exceeding one hundred dollars or be imprisoned for a term not exceeding thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="293952CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2A69AF2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 70-332; 1954 (48) 1940; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FD8DED3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="485D8795" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2C23B872" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Operation of Motorboats on Louther's Lake</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="68066F91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="33BEA8AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-150. Operation of certain motorboats on Louther's Lake prohibited; signs posted; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4E98099F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful for anyone to operate a motorboat on Louther's Lake near the Town of Mechanicsville in Darlington County when the boat has onboard a motor which has a manufacturer's advertised horsepower greater than ten. It shall be the responsibility of the department to post and maintain at each major landing on Louther's Lake a three foot by four foot sign, visible to users of the landings, on which the foregoing prohibition shall be plainly lettered. Anyone operating a boat in violation of the pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ovisions of this section shall be fined not less than fifty dollars nor more than one hundred dollars, or be imprisoned for not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D3BE432" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5D3D4D00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1979 Act No. 177, § 1; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="497DD5CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3393F2EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="64150C5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Surfing on Certain Beaches in Horry County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="34F627E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7593563B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-210. Surfing unlawful at certain times on certain beaches in unincorporated community of Garden City.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="657C29D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful for any person to use a surfboard or similar device used as a surfboard from May fifteenth until Labor Day on the beaches of the unincorporated community of Garden City in Horry County between 9:00 a.m. and 6:00 p.m. except in the area from Holliday Drive south for a distance of six hundred ninety feet to a ten-foot alley or to engage in surfing at any time within three hundred feet of any fishing pier. The county sheriff shall arrange for the posting of signs to designate both the pro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hibited and permitted areas for surfing and the date and time limitations prescribed in this section. Any person who violates the provisions of this section is guilty of a misdemeanor and upon conviction shall be fined not more than one hundred dollars or imprisoned not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="254140B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3421557B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 70-335; 1971 (57) 768; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3505B20B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="568C319E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5F71FAC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Boating Near Duke Power Company Wateree Dam in Kershaw County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4BC30575" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1F3CAB30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-310. Boating within two hundred feet below dam unlawful.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="50F67CE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful for anyone to enter in a boat or any other boating device within the watercourse below the Duke Power Company Wateree Dam in Kershaw County for a distance of two hundred feet. The department shall place appropriate signs or markers on each side of the watercourse indicating the zoned area for boats. Anyone violating the provisions of this section shall be fined not less than twenty-five dollars nor more than one hundred dollars or imprisoned for not more than thirty days, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B722A9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5032E368" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 70-341; 1957 (50) 62; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B11B8A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5535B1A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-320. Boating within one hundred feet above dam unlawful.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="12A93D58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful for anyone to enter in a boat or any other boating device within the watercourse above the Duke Power Company Wateree Dam in Kershaw County for a distance of one hundred feet. The department shall place appropriate signs or markers on each side of the watercourse indicating the zoned area for boats. Nothing in this section or Section 50-19-1820 shall be construed to prohibit fishing in waters within one hundred feet of the dam from a boat which is further than one hundred feet from the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> dam. Anyone violating the provisions of this section shall be fined not less than twenty-five dollars nor more than one hundred dollars or imprisoned for not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="595FCE5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D43D8CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 70-342; 1961 (52) 663; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4414E663" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="55969208" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2DFAA6FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Motorboats on Langley Lake</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2101D1FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A8A78DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-410. Operation of motorboats.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="586F1734" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The operation of motorboats upon the waters of Langley Lake in Aiken County with exhausts, mufflers or cutouts open or by any other method or means whereby disturbing, excessive and useless noises are produced by such operation is declared a public nuisance and is hereby forbidden except on legal holidays. Any person who violates the provisions of this section shall be guilty of a misdemeanor and upon conviction shall be fined not more than one hundred dollars or be imprisoned for not exceeding thirty days</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. All fines collected under the provisions of this section shall be paid to the treasurer of Aiken County who shall deposit such funds to the credit of the school district in which Langley Lake is situated.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AB6B29A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2F2C7A62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 70-351; 1962 (52) 1925; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4639B0DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7FD9F7EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D8BD7DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Motorboats on Tugalo Lake</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="22EB5525" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="219B6501" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1010. Motorboats on Tugalo Lake; maximum horsepower.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="666270D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Except for law enforcement and dam operation and maintenance watercraft, no motor in excess of twenty-five horsepower shall be used on any watercraft operated on Tugalo Lake. A person violating the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined not less than one hundred dollars or more than five hundred dollars, or imprisoned for not more than thirty days, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F6EBAE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4682731D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1999 Act No. 43, § 1; 2014 Act No. 161 (S.1028), § 1, eff April 14, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5E7346FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="61EE35C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 161, § 1, substituted "twenty-five horsepower" for "twenty horsepower".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2934B410" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="536736A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="035EF9A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Motorboats on Lake Wylie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4DC22112" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2A1FF29F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1110. Noise control requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4CFE1328" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any motorboat operating upon waters on Lake Wylie shall comply with the following noise control requirements:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="055B84D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Motorboats with inboard-outboard propulsion machinery shall exhaust through the propeller.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...70 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="447D2DBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(2) Inboard motorboats with "V"—drives—jets or propeller propulsion machinery with exhaust through the transom shall be water cooled with a steady stream of water or exhaust underwater while under way or exhaust through an automotive type sealed (baffle) muffler for each exhaust stack, with exhaust openings not to exceed two inches in diameter. Boats with original propulsion machinery made before 1970 are exempt from the requirements of this item.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="36AA7ADF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(3) Motorboats and their propulsion machinery which exhaust over the transom shall exhaust through an automotive sealed (baffle) type muffler for each exhaust stack, with exhaust openings not to exceed two inches in diameter. Glass pack mufflers, resonators and above water open exhausts are prohibited for such motorboats. Baffle inserts are prohibited on all inboard boats.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6979AB8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Motorboats with outboard propulsion machinery shall exhaust under water at all times unless designed or modified to exhaust above water and comply with the provisions of item (3) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3FC2D5AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1EB40FA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1982 Act No. 360, § 1; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="083CA4C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="183E9F81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1120. Exemptions and exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1D67FDAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The motorboats competing in a regatta, boat race, marine parade, tournament or exhibition approved as provided in Section 50-21-1010 shall be exempted from the provisions of this article. Exceptions may also be granted during designated hours for pretrial runs and for trial runs for speed records immediately following the event.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16A651AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="59325571" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1982 Act No. 360, § 1; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6EA0F034" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1D065415" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1130. Violation of article; penalty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7A2B742F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The operator of any motorboat who violates any of the provisions of this article is guilty of a misdemeanor and upon conviction shall be fined for a first offense not less than fifty-dollars nor more than two hundred dollars or imprisoned for not more than thirty days. For a conviction of a second offense the punishment shall be by a fine of not less than one hundred dollars nor more than two hundred or by imprisonment for not more than thirty days. For the conviction of third or subsequent offense the pun</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ishment shall be by a fine of not less than two hundred dollars nor more than five hundred dollars or by imprisonment for not more than six months or both such fine and imprisonment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F57A6D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4F1F0E5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1982 Act No. 360, § 1; 1993 Act No. 181, § 1271.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="318D253A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="22D0DFA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="48445B92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Motorboats on Lake Wateree</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="37331625" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42643DD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1210. Noise control requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5E57ADED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>A motorboat operating upon waters on Lake Wateree shall comply with the following noise control requirements:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="469D4C23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) Motorboats with inboard-outboard propulsion machinery shall exhaust through the propeller.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4CC4D5F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Inboard motorboats with "V"-drives-jets or propeller propulsion machinery with exhaust through the transom must be water-cooled with a steady stream of water or exhaust underwater while under way or exhaust through an automotive sealed, baffle-type muffler for each exhaust stack, with exhaust openings not to exceed two inches in diameter. Boats with original propulsion machinery made before 1970 are exempt from the requirements of this item.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3E966D72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(3) Motorboats and their propulsion machinery which exhaust over the transom shall exhaust through an automotive sealed, baffle-type muffler for each exhaust stack, with exhaust openings not to exceed two inches in diameter. Glass pack mufflers, resonators, and above-water open exhausts are prohibited for the motorboats. Baffle inserts are prohibited on all inboard boats.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2EB5C568" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Motorboats with outboard propulsion machinery shall exhaust underwater at all times unless designed or modified to exhaust above water and comply with the provisions of item (3).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A946924" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="66DACE74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 121, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="339F5B0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6AC07ED5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1220. Exemption for regatta, boat race, marine parade, tournament, or exhibition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="503F83A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The motorboats competing in a regatta, boat race, marine parade, tournament, or exhibition approved as provided in Section 50-21-1210 are exempted from the provisions of this article. Exceptions also may be granted during designated hours for pretrial runs and for trial runs for speed records immediately following the event.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3517C3D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="551EC29B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 121, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74991163" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="33C7DD38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1230. Violations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="304CBE6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The operator of a motorboat who violates any of the provisions of this article is guilty of a misdemeanor and, upon conviction, must be fined for a:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3072958D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) first offense not less than fifty nor more than two hundred dollars or imprisoned not more than thirty days;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6BB2C83E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) second offense not less than one hundred nor more than two hundred dollars or imprisoned not more than thirty days;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="53208527" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) third or subsequent offense not less than two hundred nor more than five hundred dollars or imprisoned not more than six months, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FAC6A27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4011BA93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 121, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6ED8B137" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0091C8E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="594EF2E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Restrictions Applicable to Lakes William C. Bowen and H. Taylor Blalock in Spartanburg County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6DC2130B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="420CBAF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1310. Restrictions on the use of watercraft.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="301C2838" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>On Lakes William C. Bowen and H. Taylor Blalock in Spartanburg County:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="32B70209" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) There is established a no wake zone within three hundred feet of all bridges and public docks. No wake zones must be clearly marked with signs. The signs must be designed and installed by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3133F848" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) No boat, watercraft, or any other type of vessel may be operated, anchored, moored, docked, or otherwise may enter within five hundred feet of any pump station, water intake of a dam, or hydroelectric generator outfall, or spillway. These restricted areas must be clearly marked with signs. Signs must be designed and installed by the Spartanburg Water System. Boats, watercraft, and other vessels operated for law enforcement, emergency medical services, or dam maintenance and repair are exempted from thi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s requirement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4BE9C0C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) No boat, watercraft, or any other type of vessel may operate or anchor within one hundred fifty feet of public fishing piers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="600DDABD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) No sailing craft with a mast height in excess of thirty feet is permitted to operate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D1FD092" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) No wading, bathing, or swimming is permitted within two hundred feet of any public landing, bridge, or restricted area. These restricted areas must be clearly marked with signs. The signs must be designed and installed by the Spartanburg Water System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3FDC2BE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) The lake wardens, at their discretion, may limit entrance of boats, watercraft, or any other type of vessel onto the lakes via the public landings when conditions such as overcrowding or adverse weather create an unsafe boating environment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="60194062" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="10B93086" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 613, § 1; 1993 Act No. 181, § 1271; 2014 Act No. 139 (S.558), § 1, eff March 13, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="43B63992" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="44F7FD84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 139, § 1, rewrote subsections (2), (3), (5), and (6).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00C36CD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2DA58276" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1320. Motor restrictions on Lake William C. Bowen.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="740D0804" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>On Lake William C. Bowen:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4ABA7C87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) No boat, watercraft, or any other type of vessel with an outboard motor having a horsepower rating in excess of one hundred fifteen horsepower is permitted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3ED5CF1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) No boat, watercraft, or any other type of vessel with an outboard motor in excess of the United States Coast Guard rating, with Coast Guard rating plate missing or changed, is permitted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="458B9C8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(3) No boat, watercraft, or any other type of vessel powered by an outdrive or inboard motor having an engine automotive horsepower rating in excess of two hundred horsepower is permitted. This restriction does not apply to towboats which have been approved by the American Waterski Association or any Coast Guard-approved boat commonly referred to as an inboard boat designed by the manufacturer for towing waterskiers with the motor or engine located near the midpoint of the boat between the bow and stern, pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>opeller driven by a single rod drive shaft extending through the hull with the propeller located under the boat in front of a rudder. V-Drive towboats will not be permissible.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="47CA66D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Personal watercraft may not exceed one hundred ninety horsepower.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="445C112A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) There is no minimum or maximum restriction on length of boats, watercraft, or any other type of vessel. Boats, watercraft, and other vessels operated for law enforcement, emergency medical services, or dam maintenance and repair are exempted from the restrictions in items (1) and (3) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="279B5F33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="530E8A95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 613, § 1; 1993 Act No. 181, § 1271; 1996 Act No. 315, § 1; 1998 Act No. 306, § 1; 2014 Act No. 139 (S.558), § 1, eff March 13, 2014; 2024 Act No. 168 (S.1005), § 1, eff May 20, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3728B87F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4ACB58F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 139, § 1, substituted "boat, watercraft, or any other type of vessel" for "watercraft" throughout; and in subsection (4), added the second sentence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="39B35A88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024 Act No. 168, § 1, in (3), in the first sentence, substituted "two hundred horsepower" for "one hundred ninety horsepower", added the third sentence, and made a nonsubstantive change, inserted (4), and redesignated former (4) as (5).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7109AB16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0DDC84FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1330. Watercraft restrictions on Lake H. Taylor Blalock.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F57BF62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) No boat, watercraft, or any other vessel may operate on Lake H. Taylor Blalock with an engine greater than thirty horsepower or greater than twenty-five feet in length, and in the case of a pontoon boat, the engine may not be greater than forty horsepower or greater than twenty-five feet in length, unless:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="58BD7367" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the gas line has been disconnected and the engine or prop is trimmed out of water; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="683E139D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) an electric trolling motor or engine of thirty horsepower or less is mounted. Boats, watercraft, and other vessels operated for law enforcement, emergency medical services, or dam maintenance and repair are exempted from the restrictions contained in this subsection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5EE57F05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) It is unlawful on Lake H. Taylor Blalock to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="75F83D26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) operate personal watercraft, including jet skis;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="340CED16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) operate any boat, watercraft, or any other type of vessel between midnight and one hour before sunrise, except that public access to Lake H. Taylor Blalock for the purpose of hunting waterfowl on department-leased premises shall be open on Wednesday mornings during the federal waterfowl hunting season beginning at 5:00 a.m., provided the hunting of waterfowl shall no longer be allowed on Lake H. Taylor Blalock after the 2028-2029 federal waterfowl hunting season, unless reauthorized in statute;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1FDE66FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(3) operate any boat, watercraft, or any other type of vessel with an outboard motor having horsepower in excess of the United States Coast Guard rating for the watercraft or with the Coast Guard rating plate missing or changed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6334D715" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) operate, anchor, moor, or dock any boat, watercraft, or allow such vessel to enter within five hundred feet of any pump station, water intake of a dam, hydroelectric generator outfall, or spillways, and these restricted areas must be clearly marked with signs designed and installed by the Spartanburg Water System. Boats, watercraft, and other vessels operated for law enforcement, emergency medical service, or dam maintenance and repair are exempted from this requirement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="376C5E2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) operate, anchor, moor, or dock any boat, watercraft, or any other type of vessel within one hundred fifty feet of public fishing piers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6E2E3C9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) operate sailing craft with a mast height in excess of thirty feet;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="612FC992" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) wade, bathe, or swim within two hundred feet of any public landing, bridge, or restricted area, and these restricted areas must be clearly marked with signs designed and installed by the Spartanburg Water System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4010EEF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The lake wardens may limit entrance of boats, watercraft, or any other type of vessel onto the lake via the public landings when conditions including, but not limited to, overcrowding or adverse weather create an unsafe boating environment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="454AA996" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="020D5CD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 613, § 1; 1993 Act No. 128, § 18; 1993 Act No. 181, § 1271; 2004 Act No. 169, § 1; 2014 Act No. 139 (S.558), § 1, eff March 13, 2014; 2018 Act No. 190 (S.758), § 1, eff May 15, 2018; 2024 Act No. 193 (S.1051), § 5, eff May 21, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="311E47DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="22431AC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 139, § 1, rewrote the section</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="48E378DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 190, § 1, in (B)(2), substituted "department leased premises shall be open on Wednesday mornings during the federal waterfowl hunting season beginning at 5:00 a.m." for "South Carolina Department of Natural Resources leased premises shall be open weekly on Wednesday mornings beginning at 5:00 a.m. during the federal waterfowl hunting season" and "the 2023-2024 federal waterfowl hunting season" for "December 31, 2018".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="36550653" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024 Act No. 193, § 5, in (B)(2), substituted "2028-2029" for "2023-2024", and made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A917521" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5674F6B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1340. Waterskiing and towing of floating devices prohibited on Lake H. Taylor Blalock.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6D2FA43E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>On Lake H. Taylor Blalock, it is unlawful to waterski or tow rafts, discs, or any other similar floating devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1076E363" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="33BE9E43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 613, § 1; 1993 Act No. 181, § 1271; 2014 Act No. 139 (S.558), § 1, eff March 13, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4D40E40E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6DA12B1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 139, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70B2E39C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6AC0AD58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1350. Waterskiing and towing restrictions on Lake William C. Bowen; times boating prohibited.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5744D92D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>On Lake William C. Bowen it is unlawful to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6AE4E067" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) operate a personal watercraft, specialty propcraft, or vessel in excess of idle speed within one hundred feet of a wharf, dock, bulkhead, or pier or within fifty feet of a moored or anchored vessel or person in the water;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="32B5EBBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) waterski and tow rafts, discs, or other similar floating devices upstream and west of the Interstate Highway 26 bridge which crosses over Lake William C. Bowen;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0E394A7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) pull more than two persons at one time from any boat or to waterski while carrying one or more persons piggyback;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0F9ECEF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) operate any boat, watercraft, or any other type of a vessel between midnight and one hour before sunrise.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50F9F470" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="640CED48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 613, § 1; 1993 Act No. 181, § 1271; 2014 Act No. 139 (S.558), § 1, eff March 13, 2014; 2024 Act No. 168 (S.1005), § 2, eff May 20, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="01215873" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5335E048" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 139, § 1, in subsection (4), substituted "any boat, watercraft, or any other type of a vessel" for "a watercraft".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="085A8DD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024 Act No. 168, § 2, rewrote (1), and in (3), substituted "two persons" for "two skiers".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17ECB83F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="30513AFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1360. Special permits waiving restrictions of this article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="314A3DA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The department, after consultation with the Spartanburg Water System, by special permit, may waive the restrictions and provisions of Sections 50-25-1310 through 50-25-1350 to allow for boat testing, water and ski shows, and similar activities. It is unlawful to violate the terms and conditions of the permit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CCFCF60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7444285B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 613, § 1; 1993 Act No. 181, § 1271; 2014 Act No. 139 (S.558), § 1, eff March 13, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="438EDE0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="530EBD12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 139, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12762092" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5442316F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-25-1370. Penalty for violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6EE66801" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person violating a provision of this article is guilty of a misdemeanor and must be punished as provided in Section 50-1-130.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2DEDAA0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="242FFD7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1990 Act No. 613, § 1; 1993 Act No. 181, § 1271; 2014 Act No. 139 (S.558), § 1, eff March 13, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2BB43983" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6E4DA292" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 139, § 1, reenacted the section with no apparent change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3864,51 +4210,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -4345,66 +4691,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>