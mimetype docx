--- v0 (2025-10-29)
+++ v1 (2026-02-07)
@@ -1,3250 +1,3486 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re813faca0cfd41e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0442e352bfd940cfa837a55f45cb23bd.psmdcp" Id="R2247727c752547f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc41c38ad63784926" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df71121ddb3d4a649717b85c3c0f3298.psmdcp" Id="R4a2fa19462c54d12" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00502235" w:rsidRDefault="00502235" w14:paraId="77035CF2" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="722DF14F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="60064DBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Offenses Against the Election Laws</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="45D38D9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="5085DF83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-10. False swearing in applying for registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="6956A9F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for a person to falsely swear in making an application for registration under this chapter. A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined in the discretion of the court or imprisoned not more than three years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0FA91246" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="3281FA0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-650; 1957 (50) 671; 1993 Act No. 184 § 135, eff January 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="526F6E0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="5701791D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-20. Fraudulent registration or voting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="2122EF1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for a person to fraudulently:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="20822642" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) procure the registration of a name on the books of registration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="1244267A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) offer or attempt to vote that name;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="57CA0EA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) offer or attempt to vote in violation of this title or under any false pretense as to circumstances affecting his qualifications to vote; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="44409FC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(4) aid, counsel, or abet another in fraudulent registration or fraudulent offer or attempt to vote.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="1BFBF9D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person who violates the provisions of this section is guilty of a felony and, upon conviction, must be fined not less than one thousand dollars nor more than five thousand dollars and imprisoned not more than five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63904A9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="6656F725" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-651; 1952 Code § 23-651; 1950 (46) 2059; 1993 Act No. 184 § 136, eff January 1, 1994; 2022 Act No. 150 (S.108), § 26.A, eff May 13, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="057B4346" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="195800AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 150, § 26.A, in the second undesignated paragraph, substituted "felony" for "misdemeanor", "one thousand dollars" for "one hundred dollars", "five thousand dollars and" for "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>five hundred dollars or", and "five years" for "one year, or both".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="245F7D49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7D3EF4CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-30. Public reporting hotline.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7FDA7D4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Law Enforcement Division shall establish a public reporting hotline telephone number and email address for receiving reports of possible election fraud or other violations of the election laws of this State. It shall promptly review all reported violations and take action as it determines appropriate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B7EEC78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="2741D015" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 150 (S.108), § 22, eff May 13, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CB89CB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="5BA2FA95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-50. Bribery at elections; unlawful to accept bribery.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="311BBD99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for a person to procure, by the payment, delivery, or promise of money or other article of value, another to vote for or against any particular candidate or measure at any election held within this State, whether general, special, or primary, for members of the Congress of the United States, members of the General Assembly of this State, sheriff, clerk, judge of probate or other county officer, mayor, and aldermen of any city or intendant and wardens of any incorporated town, or at any other</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> election held within this State. It is also unlawful for a person to accept such procurements. The person promising and the person voting are each guilty of a felony and, upon conviction, for the first offense, must be fined not less than one hundred dollars nor more than five hundred dollars and imprisoned not more than five years. Upon conviction for a second or subsequent offense, the person must be fined not less than five hundred dollars nor more than five thousand dollars and imprisoned not more than</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> ten years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7409D5E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="6ABF0D28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-654; 1952 Code § 23-654; 1950 (46) 2059; 1993 Act No. 184 § 10, eff January 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04CEBB50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="6C855D65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-60. Procuring or offering to procure votes by bribery.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="2D8293CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful for a person at any election to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="38E8B2BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) procure, or offer or propose to procure, another, by the payment, delivery, or promise of money or other article of value, to vote for or against any particular candidate or measure; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="40D37775" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) vote, offer, or propose to vote for or against any particular candidate or measure for the consideration of money or other article of value paid, delivered, or promised, vote or offer or propose to vote for or against any particular candidate or measure.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="30F5CF8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person who violates the provisions of this section is guilty of a felony. Upon conviction for a first offense, the person must be fined in the discretion of the court and imprisoned not more than five years. Upon conviction for a second or subsequent offense, the person must be fined in the discretion of the court and imprisoned not more than ten years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="714599F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="1A573EA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-655; 1952 Code § 23-655; 1950 (46) 2059; 1993 Act No. 184 § 11, eff January 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58F804E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="3FE4A42B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-65. Unlawful acceptance of anything of value.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="5E33C31B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(A) It is unlawful for a person to provide, offer to provide, or accept anything of value in exchange for requesting, collecting, or delivering an absentee ballot. A person who violates this section is guilty of a felony and, upon conviction, must be fined not less than one thousand dollars nor more than five thousand dollars and imprisoned not more than five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="65C1BC58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) This section does not apply to an election official in the course and scope of the election official's duties or a public or private mail service provider acting in the course and scope of the mail service provider's duties to carry and deliver mail.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26B2A237" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="5E9994CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 150 (S.108), § 38, eff May 13, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="21228B2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="53B18691" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-70. Procuring or offering to procure votes by threats.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="72F9B98F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for a person, by threats or any other form of intimidation, to procure, offer, or promise to endeavor to procure another to vote for or against any particular candidate in any election. A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined not less than one hundred dollars nor more than five hundred dollars or imprisoned not more than three years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="21042EA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7D69A5C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-656; 1952 Code § 23-656; 1950 (46) 2059; 1993 Act No. 184 § 137, eff January 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D3D9D8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="5BD633F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-80. Threatening, intimidating, or abusing voters.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="4873A4F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person who, at any of the elections, general, special, or primary, in any city, town, ward, or polling precinct, threatens, mistreats, or abuses a voter with a view to control or intimidate him in the free exercise of his right of suffrage, is guilty of a felony and, upon conviction, must be fined in the discretion of the court or imprisoned not more than ten years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="67030F1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="3A9AC33E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-657; 1952 Code § 23-657; 1950 (46) 2059; 1993 Act No. 184 § 12, eff January 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F48D82A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="796E90EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-100. Allowing ballot to be seen, removing ballot from voting place, improper assistance, and related offenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7CBD63FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful in any election for a voter to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="3C67A5B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) allow his ballot to be seen by a person, except as provided by law;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="237599EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) take, remove, or attempt to take or remove a ballot from the polling place before the close of the polls;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="50795B31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) place a mark upon his ballot by which it may be identified;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="38A06C44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) take into the election booth a mechanical device to enable him to mark his ballot; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="08DDC192" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) remain longer than the specified time allowed by law in the booth or compartment after having been notified that his time has expired and requested by a manager to leave the compartment or booth.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="325349D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) It is unlawful for a person to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="5E17EE58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) interfere with a voter who is inside of the polling place or is marking his ballot;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="09BF100E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) unduly influence or attempt to influence unduly a voter in the preparation of his ballot;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="29E55FF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) endeavor to induce a voter to show how he marks or has marked his ballot; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="383ACFCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) aid or attempt to aid a voter by means of any mechanical device in marking his ballot.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="4FDBA559" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined not more than one hundred dollars or imprisoned not more than one year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65413079" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="40B2EDE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-659; 1952 Code § 23-659; 1950 (46) 2059; 1993 Act No. 184 § 138, eff January 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="121537A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="465F295C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-110. Voting more than once at elections.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="572CAC66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for a person qualified to vote at any general, special, or primary election for an office whether local, state, or federal to vote more than once at such election, for the same office. A person who violates the provisions of this section is guilty of a felony and, upon conviction, must be fined not less than one thousand dollars nor more than five thousand dollars and imprisoned not more than five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AA9E720" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="41190606" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-660; 1952 Code § 23-660; 1950 (46) 2059; 1993 Act No. 184 § 139, eff January 1, 1994; 2022 Act No. 150 (S.108), § 26.B, eff May 13, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="753B02E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="3D705A0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 150, § 26.B, in the second sentence, substituted "felony" for "misdemeanor" and "not less than one thousand dollars nor more than five thousand dollars and imprisoned not more than five years" for "in the discretion of the court or imprisoned not more than three years".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58A2A414" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="1F3FFDE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-120. Impersonating a voter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="157EF49D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>It is unlawful for a person to impersonate or attempt to impersonate another person for the purpose of voting in a general, special, or primary election, whether municipal or state. A person who violates the provisions of this section is guilty of a felony and, upon conviction, must be imprisoned not more than five years and fined not less than one thousand dollars nor more than five thousand dollars. When a person who violates the provisions of this section is placed under bond, the bond may not be less th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>an six hundred dollars nor more than twelve hundred dollars.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6919F14A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="42D92748" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-661; 1952 Code § 23-661; 1950 (46) 2059; 1993 Act No. 184 § 140, eff January 1, 1994; 2022 Act No. 150 (S.108), § 26.C, eff May 13, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="378E1738" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="64E87E83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 150, § 26.C, in the first sentence, substituted "state" for "State", and in the second sentence, substituted "felony" for "misdemeanor" and "five years and fined not less than one thousand dollars nor more than five thousand dollars" for "three years or fined not less than three hundred dollars nor more than twelve hundred dollars, or both".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F9BB4F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="338BFC64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-130. Arrest of person who impersonates a voter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="66E1A7CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If any manager of election of this State report to the sheriff or other peace officer that a person has violated Section 7-25-120 such peace officer shall arrest such person and have a proper warrant sworn out. Any sheriff or police officer refusing to make an arrest when demand is made by the proper authorities for any violation of Section 7-25-120 shall be subject to prosecution in the court of general sessions for malfeasance in office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B3F6742" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="3D694115" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-662; 1952 Code § 23-662; 1950 (46) 2059.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D0D57A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="1E8830D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-140. Copies of certain election laws may be posted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="058FB84E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The authority responsible under law for conducting a party primary and the board of voter registration and elections or other electoral board in general and special elections in their discretion may post, or cause to be posted, a copy of Sections 7-25-120 to 7-25-140, printed on cardboard in as large type as a board twelve by twelve inches will carry, in each polling precinct.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69585F4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7CD1D25A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-663; 1952 Code § 23-663; 1950 (46) 2059; 1992 Act No. 253, § 13, eff February 19, 1992.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15960BD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="5EF3BDDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-150. Swearing falsely at elections or taking oath in another's name.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="6F9F32A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any voter who shall swear falsely at any election, general, special or primary, in taking the prescribed oath or shall impersonate another person and take the oath in his name in order to vote shall be guilty of perjury and be punished, upon conviction, as for perjury.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F295A38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="0DEBF85D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-664; 1952 Code § 23-664; 1950 (46) 2059.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0296FE53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="14D6989A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-160. Wilful neglect or corrupt conduct on part of poll managers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="1A4967D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A manager at any general, special, or primary election in this State who wilfully violates any of the duties devolved by law upon such position is guilty of a felony and, upon conviction, must be fined not less than one thousand dollars nor more than five thousand dollars and imprisoned not more than five years. A manager who commits fraud or corruption in the management of such election is guilty of a felony and, upon conviction, must be fined not less than one thousand dollars nor more than five thousand </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>dollars and imprisoned not more than five years.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="153BA158" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="19BE929E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-665; 1952 Code § 23-665; 1950 (46) 2059; 1993 Act No. 184 § 141, eff January 1, 1994; 2022 Act No. 150 (S.108), § 26.D, eff May 13, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7D04445E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="3A2E93FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 150, § 26.D, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58F6A31A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="002DFCCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-170. Wilful neglect or corrupt conduct by officers other than managers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="5C16322A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>An officer, other than a manager at any election, on whom a duty is imposed by this title, except under Section 7-13-1170, Articles 1 and 3 of Chapter 17 and Chapters 19 and 23 of this title, who wilfully neglects such duty or engages in corrupt conduct in executing it is guilty of a felony and, upon conviction, must be fined not less than one thousand dollars nor more than five thousand dollars and imprisoned not more than five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2AA65585" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="4287060E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-666; 1952 Code § 23-666; 1950 (46) 2059; 1993 Act No. 184 § 142, eff January 1, 1994; 2022 Act No. 150 (S.108), § 26.E, eff May 13, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="13D2E133" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="1B473632" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 150, § 26.E, substituted "felony" for "misdemeanor" and "less than one thousand dollars nor more than five thousand dollars and imprisoned not more than five years" for "more than five hundred dollars or imprisoned not more than three years".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0FF3D7EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="5ED1EAB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-180. Unlawful distribution of campaign literature.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="6CF7A908" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful for a person to distribute any type of campaign literature or place any political posters within five hundred feet of any entrance used by the voters to enter the polling place, during polling hours on an election day and during the early voting period. The poll manager shall use every reasonable means to keep the area within five hundred feet of any such entrance clear of political literature and displays, and the county and municipal law enforcement officers, upon request of a poll man</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ager, shall remove or cause to be removed any material within five hundred feet of any such entrance distributed or displayed in violation of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="52C94ECA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A candidate may wear within five hundred feet of the polling place a label no larger than four and one-fourth inches by four and one-fourth inches that contains the candidate's name and the office he is seeking. If the candidate enters the polling place, he may not display any of this identification including, but not limited to, campaign stickers or buttons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73296E66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7D10E9B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-658.2; 1968 (55) 2316; 1990 Act No. 393, § 1, eff April 3, 1990; 1996 Act No. 466, § 10, eff August 21, 1996; 2022 Act No. 150 (S.108), § 39, eff May 13, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7B037BE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="41C58248" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2022 Act No. 150, § 39, in (A), rewrote the first sentence, and in the second sentence, substituted "five hundred feet" for "two hundred feet" in two places; and in (B), in the first sentence, substituted "five hundred feet" for "two hundred feet".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6AB869D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="393F5D46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-190. Illegal conduct at elections generally.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="09066334" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">A person who votes at any general, special, or primary election who is not entitled to vote, or who by force, intimidation, deception, fraud, bribery, or undue influence obtains, procures, or controls the vote of any voter to be cast for any candidate or measure other than as intended or desired by such voter, or who violates any of the provisions of this title in regard to general, special, or primary elections is guilty of a felony. Upon conviction, the person must be fined not less than one hundred nor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>more than one thousand dollars or imprisoned not more than five years, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="116A02F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="7B5479B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 23-667; 1952 Code § 23-667; 1950 (46) 2059; 1993 Act No. 184 § 13, eff January 1, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="253BBF26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="115994A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-200. Unlawful inducement to file for or withdraw from candidacy for election.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="10776BAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful to offer or accept, or attempt to offer or accept, either directly or indirectly, money, a loan of money, or any other thing of value which includes, but is not limited to, employment or the promise of employment to induce a person to file or withdraw as a candidate for any state or federal elected office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="0338EC8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this section shall be construed to prohibit legitimate campaign contributions or the pledge to make a campaign contribution as otherwise allowed by law. Nor shall this section prevent a person from paying from his own funds, the filing fee of an immediate family member which means a spouse, child, grandchild, mother, father, sister, or brother.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="1DC81A9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person convicted of violating the provisions of this section shall be fined not more than ten thousand dollars or imprisoned for not more than one year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="59858D59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Attorney General or the solicitor of the judicial circuit in which the violation occurred, shall prosecute immediately a person violating the provisions of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="0A29F95C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Nothing in this section shall preclude appropriate civil remedies by an aggrieved party. The court shall, upon a finding that a person violated the provisions of this section, award reasonable attorney's fees and the costs of bringing such action as determined by the court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E403692" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="3A89F056" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 287, § 1, eff March 17, 1992, (became law without Governor's signature).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3619C552" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="55155497" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-210. Vandalizing or removing political campaign sign; exceptions; penalty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="08A3E9CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful to deface, vandalize, tamper with, or remove a lawfully placed political campaign sign prior to the election without the permission of the candidate or party.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="137FCE03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) This section does not apply to a governmental entity when a political campaign sign is removed because of noncompliance with applicable law, or because an employee of the governmental entity removing the sign is working within the course and scope of his employment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="191F8129" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person who violates the provisions of subsection (A) is guilty of a misdemeanor and, upon conviction, must be fined not more than one hundred dollars or imprisoned not more than thirty days, or both.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7082F0DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="19180F37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 116, § 1, eff June 3, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="53C51326" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="36F5DA65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 7-25-220. Immunity of poll workers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="0622D27E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A poll worker, whether or not compensated, while acting pursuant to or in furtherance of the holding or conduct of an election, shall be immune from personal civil liability for any act or omission when the act or omission is done or made in good faith and does not constitute gross negligence, recklessness, willfulness, or wantonness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11760693" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="2F45E04F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 284, § 2, eff May 19, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="653D6738" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="1D53DA95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2006 Act No. 284, § 5, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005040EF" w:rsidRDefault="005040EF" w14:paraId="24749DF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"This act takes effect upon approval by the Governor and must not be put into practice until it receives preclearance by the United States Department of Justice." [preclearance received September 5, 2006]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3261,51 +3497,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3742,66 +3978,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>