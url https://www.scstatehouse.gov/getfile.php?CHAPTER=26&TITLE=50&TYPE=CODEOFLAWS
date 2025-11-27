--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -1,1247 +1,1155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2be01ba2abf64987" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5332531daebb47349df9032b635d5301.psmdcp" Id="R8e8891a6950441c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5a91a18b2c2b45d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/976696f8545c40f6b3df313097db72a0.psmdcp" Id="R374a15716b42468c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00112112" w:rsidRDefault="00112112" w14:paraId="73C6683D" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="503A61EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5D3182E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All-Terrain Vehicle Safety Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1F37CE39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="55E9A72D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-26-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4E27D071" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as "Chandler's Law".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42EC5CFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1C372BDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 24, § 1, eff July 1, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A915F94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0C235931" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-26-20. All-terrain vehicle (ATV) defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4BF49A90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purposes of this chapter, "all-terrain vehicle" or "ATV" means a motorized vehicle designed primarily for off-road travel on low-pressure tires which has three or more wheels and handle bars for steering, but does not include lawn tractors, battery-powered children's toys, or a vehicle that is required to be licensed or titled for highway use. The term "ATV" includes Type I-single passenger all-terrain vehicles and Type II-tandem passenger all-terrain vehicles.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39B9B576" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="568BA307" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 24, § 1, eff July 1, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0AB619C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3230F5C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-26-30. Unlawful use of all-terrain vehicle (ATV) by child; safety certificate required; helmet and eye protection required; enforcement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1177E96D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful for a parent or legal guardian of a person less than six years of age to knowingly permit that person to operate an ATV.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5838BD62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) It is unlawful for a parent or legal guardian of a person without a motor vehicle driver's license and less than sixteen years of age to knowingly allow that person to carry a passenger while operating an ATV.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1C545655" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) As used in this section "ANSI/SVIA" means American National Standards Institute/Specialty Vehicle Institute of America, and "FMVSS" means Federal Motor Vehicle Safety Standard.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="756742C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) It is unlawful to remove from an ATV the manufacturer Age Restriction Warning Label required by ANSI/SVIA.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2E37F331" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) It is unlawful for a parent or legal guardian of a person less than sixteen years of age to knowingly allow that person to operate an ATV in violation of the Age Restriction Warning Label affixed by the manufacturer as required by standard ANSI/SVIA 1-2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0B40F50D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Effective July 1, 2011, every person fifteen years old and younger who operates an all-terrain vehicle must possess a safety certificate indicating successful completion of "hands-on" all-terrain vehicle safety course approved by the All-Terrain Vehicle Safety Institute.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6F29C1ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) A person fifteen years of age or younger also may not operate, ride, or otherwise be propelled on an all-terrain vehicle within this State unless the person wears a safety helmet meeting standard FMVSS #218 and eye protection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="39B6E106" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) A law enforcement officer enforcing the provisions of this section in regard to private lands must have probable cause, based on a plain view observation or incident to an investigation resulting from an all-terrain vehicle accident, to believe a violation of this section occurred before he may enter upon private land to charge a violation of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A49E2E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="01445432" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 24, § 1, eff July 1, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F12ED5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="183632DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-26-40. Restrictions on use of all-terrain vehicle (ATV).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="33BF9C5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Section 50-26-40. (A) The restrictions in this section apply to operation of all-terrain vehicles on those lands open to the public and are in addition to the requirements of Section 50-26-30.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="44AD9FDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) It is unlawful to operate an all-terrain vehicle except in compliance with the local regulations and restrictions for all-terrain vehicle operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0AA79C07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person sixteen years of age or younger who operates an all-terrain vehicle must be accompanied by an adult.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7A67DD72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(D) It is unlawful to operate an all-terrain vehicle between one-half hour after sunset to one-half hour before sunrise unless it is operated with headlights turned on.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6D5DF38B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) It is unlawful to cross any watercourse on an all-terrain vehicle except at a designated ford, crossing, bridge, or if the watercourse is bisected by a trail.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3AC60125" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(F) An all-terrain vehicle must have an effective muffler system in good working condition, a USDA Forest Service approved spark arrester in good working condition, and a brake system in good operating condition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="48A95970" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) It is unlawful to operate an all-terrain vehicle while under the influence of alcohol or any controlled substance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4F4F9AC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) It is unlawful to operate an all-terrain vehicle in a reckless manner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0447594F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I) Nothing contained in this chapter prevents the operation of an all-terrain vehicle on a beach, or between the breakers and the shoreline of the beach, if the all-terrain vehicle is operated in a manner approved by the entity that owns or controls the area.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08927B67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2C7CDA64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 24, § 1, eff July 1, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E201AE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D3C12BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-26-50. Exemption from ad valorem personal property taxes for all-terrain vehicles (ATVs).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5EB62BFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>All-terrain vehicles are exempt from ad valorem personal property taxes beginning with calendar year 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5AF16257" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1531B7C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 24, § 1, eff July 1, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36B1204D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="50A48E34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-26-60. Penalty for violation of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="641EA8E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person violating this chapter, unless otherwise specified, is guilty of a misdemeanor and, upon conviction, must be fined not less than fifty dollars nor more than two hundred dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C2A54BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5FA1B776" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 24, § 1, eff July 1, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7DE850A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="079550E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-26-70. Exceptions to application of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="31C7874F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter does not apply to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5937C6F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(1) an owner, operator, lessor, or renter of a farm or ranch, or that person's employees, immediate family, or household members, when operating an all-terrain vehicle while engaged in farming, wildlife habitat management, or ranching operations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="73BF4B6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a person using an all-terrain vehicle for hunting or trapping purposes if the person otherwise is lawfully engaged in those activities; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="75EFADD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) a minor younger than sixteen years of age, but not younger than six years of age who is operating an all-terrain vehicle under the direct visual supervision of his parent or an individual with legal custody of the minor on private property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F57FCC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4492E253" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2011 Act No. 24, § 1, eff July 1, 2011.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -1258,51 +1166,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1739,66 +1647,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>