--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -1,982 +1,925 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R383ae2a342f74717" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/875bf7a8020c47e0a9998aafa1267635.psmdcp" Id="R2ebe36a183284f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R459d766d41c844a9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f382355f1c646beab6599bc8481ab16.psmdcp" Id="Rc0e9064f7fbc4137" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0089657A" w:rsidRDefault="0089657A" w14:paraId="41FD52E8" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3F4C60D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="64DFE14A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Professional Housemoving</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1558C5F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7FCD7271" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-27-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="21530B68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="59650E10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) "Person" means an individual, corporation, partnership, association, or any other business entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6F399A52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) "House" means a dwelling, building, or other structure in excess of fourteen feet in width.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1716FE30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) [Deleted]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75A8F243" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="65EE91FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 420; 1993 Act No. 181, § 1499; 1996 Act No. 459, § 246A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A685073" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4262D31D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-27-20. License required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1699BDB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All persons who engage in the profession of housemoving on roads and highways of this State must be licensed by the Department of Transportation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="762886EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7763EDB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 420.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2CB7A488" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="498171B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-27-30. Term of license; renewal; fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3719E80F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>A license issued under the provisions of this chapter is effective for a period of one year from the date of issuance and is renewable on an annual basis. The annual and renewal fee for the license is contained in Section 57-3-130. All persons issued licenses under the provisions of this chapter are required to carry the license on their persons at all times when engaged in the profession of housemoving on the roads and highways of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54C769C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="556BC170" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 420; 2012 Act No. 110, § 1, eff February 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62871FD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="7BF671D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-27-40. Insurance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="2AB4F0F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) No license may be issued or renewed pursuant to this chapter unless the applicant presents to the Department of Transportation a certificate of insurance from an insurance company licensed to do business in this State providing:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="48AC40EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Motor vehicle insurance with minimum coverage of one hundred thousand dollars for bodily injury to or death of one person in any one accident, three hundred thousand dollars for bodily injury to or death of two or more persons in any one accident, and fifty thousand dollars for injury to or destruction of property of others in any one accident.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="159709A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Comprehensive general liability insurance with a minimum coverage of two hundred fifty thousand dollars combined single limit of liability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="5C875645" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Workers' Compensation insurance that complies with Title 42 if the person licensed as a professional housemover is not exempt from the provisions of that title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="6FA55EC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) The certificate shall provide for continuous coverage during the effective period of the license issued pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="614E2319" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="629F4515" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 420.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A82C19F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="499529D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 56-27-50. Violations; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="791DCDBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person violating the provisions of this chapter is deemed guilty of a misdemeanor and upon conviction must be fined:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="18FE34BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Not less than one hundred dollars for a first offense;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="613A1A12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Not less than five hundred dollars for a second offense;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="16F2E5B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(c) Not less than one thousand dollars for a third or subsequent offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A9439EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3E2D456B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1984 Act No. 420.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -987,51 +930,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1468,66 +1411,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>