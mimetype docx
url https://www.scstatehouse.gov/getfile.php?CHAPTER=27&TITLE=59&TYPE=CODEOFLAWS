--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1,2051 +1,2234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra5226649c94044b2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae89b8ddd2414f59ba5a0b747647bc92.psmdcp" Id="Ra866486fcd294683" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a8816015f7b4ab1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe46bf87e62e411ca426be6fc93ef2fd.psmdcp" Id="R61ee56627974430e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="256F75A9" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="429FD3A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7D6CD2A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Interstate Agreement on Qualification</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5FBDDEA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4794E524" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-27-10. Interstate Agreement on Qualification of Educational Personnel adopted; terms of agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5FD2CCDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Interstate Agreement on Qualification of Educational Personnel is hereby adopted by the State of South Carolina and entered into with all jurisdictions legally joining therein, in the form substantially as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4B60AB44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Interstate Agreement on Qualification of Educational Personnel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3614DC76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="726981E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5DED39E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Purpose, Findings, and Policy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="36021BBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1D8F5280" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">1. The states party to this agreement, desiring by common action to improve their respective school systems by utilizing the teacher or other professional educational person wherever educated, declare that it is the policy of each of them, on the basis of cooperation with one another, to take advantage of the preparation and experience of such persons wherever gained, thereby serving the best interests of society, of education, and of the teaching profession. It is the purpose of this agreement to provide </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for the development and execution of such programs of cooperation as will facilitate the movement of teachers and other professional educational personnel among the states party to it, and to authorize specific interstate educational personnel contracts to achieve that end.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2BCF2B30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3E234C5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. The party states find that included in the large movement of population among all sections of the nation are many qualified educational personnel who move for family and other personal reasons but who are hindered in using their professional skill and experience in their new locations. Variations from state to state in requirements for qualifying educational personnel discourage such personnel from taking the steps necessary to qualify in other states. As a consequence, a significant number of professio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nally prepared and experienced educators is lost to our school systems. Facilitating the employment of qualified educational personnel, without reference to their states of origin, can increase the available educational resources. Participation in this compact can increase the availability of educational manpower.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="66224F63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2E1A034C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="53A1DADB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Definitions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="51A37344" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5539CBCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>As used in this agreement and contracts made pursuant to it, unless the context clearly requires otherwise:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="04B94D3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="697814D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>1. "Educational personnel" means persons who must meet requirements pursuant to state law or state board of education regulation as a condition of employment in educational programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="18E37874" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="71DD9BC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. "Designated state official" means the education official of a state selected by that state to negotiate and enter into, on behalf of his state, contracts pursuant to this agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="740315A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5A914641" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>3. "Accept," or any variant thereof, means to recognize and give effect to one or more determinations of another state relating to the qualifications of educational personnel in lieu of making or requiring a like determination that would otherwise be required by or pursuant to the laws of a receiving state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...80 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4C4A5337" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0E68D9A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. "State" means a state, territory, or possession of the United States; the District of Columbia; or the Commonwealth of Puerto Rico.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="18575B00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3C6F962B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>5. "Originating State" means a state (and the subdivision thereof, if any) whose determination that certain educational personnel are qualified to be employed for specific duties in schools is acceptable in accordance with the terms of a contract made pursuant to Article 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="45190E2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="09986501" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>6. "Receiving State" means a state (and the subdivision thereof) which accepts educational personnel in accordance with the terms of a contract made pursuant to Article 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4BBAAAE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4CB8761D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="389A852A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Interstate Educational Personnel Contracts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5BCE1191" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7F162DF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">1. The designated state official of a party state may make one or more contracts on behalf of his state with one or more other party states providing for the acceptance of educational personnel. Any such contract for the period of its duration shall be applicable to and binding on the states whose designated state officials enter into it, and the subdivisions of those states, with the same force and effect as if incorporated in this agreement. A designated state official may enter into a contract pursuant </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to this Article only with states in which he finds that there are programs of education, certification standards or other acceptable qualifications that assure preparation or qualification of educational personnel on a basis sufficiently comparable, even though not identical to that prevailing in his own state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="01F3E5DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="08843EF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. Any such contract shall provide for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0ED64371" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0564FA8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Its duration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="79884850" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3ACD299C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) The criteria to be applied by an originating state in qualifying educational personnel for acceptance by a receiving state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="02266825" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="39BAC6C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Such waivers, substitutions, and conditional acceptances as shall aid the practical effectuation of the contract without sacrifice of basic educational standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6BA988DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="268E0432" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) Any other necessary matters.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3A09EA17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="68A66F08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>3. No contract made pursuant to this agreement shall be for a term longer than five years but any such contract may be renewed for like or lesser periods.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="64C50E02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="710A66CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>4. Any contract dealing with acceptance of educational personnel on the basis of their having completed an educational program shall specify the earliest date on which originating state approval of the program involved can have occurred. No contract made pursuant to this agreement shall require acceptance by a receiving state of any persons qualified because of successful completion of a program prior to January 1, 1954.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="59725C95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="700C9E7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>5. The certification or other acceptance of a person who has been accepted pursuant to the terms of a contract shall not be revoked or otherwise impaired because the contract has expired or been terminated. However, any certificate or other qualifying document may be revoked or suspended on any ground which would be sufficient for revocation or suspension of a certificate or other qualifying document initially granted or approved in the receiving state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="60F4AE81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2FEDCF35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>6. A contract committee composed of the designated state officials of the contracting states or their representatives shall keep the contract under continuous review, study means of improving its administration, and report no less frequently than once a year to the heads of the appropriate education agencies of the contracting states.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2B2BEFC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0A89C711" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7705B2DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Approved and Accepted Programs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="09F92D6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5316BE25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>1. Nothing in this agreement shall be construed to repeal or otherwise modify any law or regulation of a party state relating to the approval of programs of educational preparation having effect solely on the qualification of educational personnel within that state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2C336CF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="59F30216" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. To the extent that contracts made pursuant to this agreement deal with the educational requirements for the proper qualification of educational personnel, acceptance of a program of educational preparation shall be in accordance with such procedures and requirements as may be provided in the applicable contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0D5D8860" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7BAD0911" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2BF47088" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Interstate Cooperation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5D1D1BFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5A39400B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The party states agree that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7B12C5D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="50A6B48C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>1. They will so far as practicable, prefer the making of multilateral contracts pursuant to Article 3 of this agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="530AE520" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4A271955" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. They will facilitate and strengthen cooperation in interstate certification and other elements of educational personnel qualification and for this purpose shall cooperate with agencies, organizations, and associations interested in certification and other elements of educational personnel qualification.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="67AC91B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4BB462C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5133B4C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Agreement Evaluation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6849DFD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="604CA3C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The designated state officials of any party states may meet from time to time as a group to evaluate progress under the agreement, and to formulate recommendations for changes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="36936D29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="31D78FAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="16C534AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Other Arrangements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="10A25BCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="04001A58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Nothing in this agreement shall be construed to prevent or inhibit other arrangements or practices of any party state or states to facilitate the interchange of educational personnel.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="03CA58D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6440FBB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7FD6123F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Effect and Withdrawal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="37FA7D4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5B1613D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>1. This agreement shall become effective when enacted into law by two states. Thereafter, it shall become effective as to any state upon its enactment of this agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6902305A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="37800BE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. Any party state may withdraw from this agreement by enacting a repealing statute, but no such withdrawal shall take effect until one year after the Governor of the withdrawing state has given notice in writing of the withdrawal to the Governors of all other party states.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5FEBE822" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="42D14A6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>3. No withdrawal shall relieve the withdrawing state of any obligation imposed upon it by a contract to which it is a party. The duration of contracts and the methods and conditions of withdrawal therefrom shall be those specified in their terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7CDA4DFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="215D51BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0AB82F57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Construction and Severability</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="36FB7C41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4945B8BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This agreement shall be liberally construed so as to effectuate the purposes thereof. The provisions of this agreement shall be severable and if any phrase, clause, sentence, or provision of this agreement is declared to be contrary to the constitution of any state or of the United States, or the application thereof to any government, agency, person or circumstance is held invalid, the validity of the remainder of this agreement and the applicability thereof to any government, agency, person, or circumstan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ce shall not be affected thereby. If this agreement shall be held contrary to the constitution of any state participating therein, the agreement shall remain in full force and effect as to the state affected as to all severable matters.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2406B0C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74FE17F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="23802598" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-400; 1973 (58) 397.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="204320C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3C08C08E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-27-20. Designated State official.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3BA71286" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The "designated State official" for this State shall be the State Superintendent of Education. He shall enter into contracts pursuant to Article 3 of the agreement only with the approval of the specific text thereof by the State Board of Education.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B484496" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="485A4EEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-400.1; 1973 (58) 397.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1BC9E72F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5D2ABFF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-27-30. Copies of contract required to be on file.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4E9CA69B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>True copies of all contracts made on behalf of this State pursuant to the agreement shall be kept on file in the office of the State Superintendent of Education and in the office of the Secretary of State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A8954B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="63C19CDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 21-400.2; 1973 (58) 397.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2056,51 +2239,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2537,66 +2720,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>