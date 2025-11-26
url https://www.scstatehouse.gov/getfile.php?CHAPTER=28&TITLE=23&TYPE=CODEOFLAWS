--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,2367 +1,2979 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1acbade96096465e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f757552887b948b9b5ab88ac61293b9c.psmdcp" Id="R5ca3b9f091a648d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re9add12e99e342ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/145d807f96674aa7a37a2ee64ef14f6c.psmdcp" Id="R1982999d002a4c39" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00BA713F" w:rsidRDefault="00BA713F" w14:paraId="1BB5B1F4" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="349E24DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="317FC079" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Reserve Police Officers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="42614C32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="158F7018" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0665933F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3A6ACD79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) "Reserves" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>means persons given part-time police powers without being assigned regularly to full-time law enforcement duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="61C43272" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) "Chief" means the chief law enforcement officer of a state agency, municipality, county, county sheriff, or other entity of the State having police powers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76140F9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4F32D94B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 1; 2007 Act No. 44, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6C4A586E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="15492B19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment, in subsection (A), substituted "assigned regularly" for "regularly assigned"; and, in subsection (B), added "state agency," and ", county sheriff," and deleted "political" preceding "entity".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A2966A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0DBE42CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-20. Appointment of reserve police officers authorized; powers and duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5D280984" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The chief, with the approval of the governing body or its chief operating officer, may appoint the number of reserve police officers as may be needed but not exceeding the number of regular full-time officers of his department. The number of full-time officers may not be decreased because of the institution or expansion of a reserve force. Each period of time reserves serve must be determined and specified by the chief in writing. The powers and duties of reserves must be prescribed by the chief and th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ey are subject to removal by him at any time.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="70141C6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The chief, with the approval of the governing body, also shall allow for the compensation of reserve police officers for work done pursuant to Section 23-24-10 when compensation for approved public activities would be paid by a party other than the municipality or county. Reserve officers must be paid for approved public activities the same as off-duty police officers. Work performed for compensation must be in excess of the minimum logged service time required by Section 23-28-70. Additional training,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> beyond what is required for reserve police officers, is not required for reserve police officers who receive compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5A1A3123" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Before assuming their duties, reserves must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7453A295" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) take the oath of office required by law;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2294EF19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) be bonded in an amount determined by the governing body of the state agency, county, municipality, or other entity which may not be less than one thousand five hundred dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="468D2F9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) successfully complete a course of training specified pursuant to Chapter 23, Title 23 and endorsed by the chief who appoints them.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="608D7613" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="35AA53BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 2; 1995 Act No. 85, § 1; 1996 Act No. 304, § 2; 1996 Act No. 459, § 43; 2007 Act No. 44, § 1, eff June 4, 2007; 2008 Act No. 335, § 7, eff June 16, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="26F88833" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6B469154" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The 2007 amendment deleted "or sheriff" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>following "chief" and "chief operating officer" throughout; in subsection (B) in the third sentence substituted "Additional" for "No additional" and added "not"; in paragraph (C)(2), deleted "political" preceding "entity"; and, in paragraph (C)(3), substituted "Chapter 28" for "Chapter 6".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="25F54B38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment, in paragraph (C)(3), substituted "Chapter 23" for "Chapter 6".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D036A33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0BEFE4C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-30. Training course; subjects of study.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1F968330" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A reserve officer may not assume a police function until he has successfully completed a course of training of at least sixty hours and passed a comprehensive test prepared by the Law Enforcement Training Council and administered by the local law enforcement agency. The sixty hours of training must be promulgated by the Law Enforcement Training Council, endorsed by the appointing official and must include, but not be limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="527DE661" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Firearms training-twelve hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="72B0E5D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Laws of arrest-three hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7616E1BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Searches and seizure-three hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="34BC35CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Evidence-six hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="77678683" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Crisis intervention-three hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4F7D06DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Officer survival-two hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="10DFCA7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) Ethics-two hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="75AE6F23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) Constitutional law-two hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7640A9F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) Local ordinances and policies-ten hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="034AC62F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) Radio communications-one hour</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1E480E1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(11) Handling prisoners-one hour</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1059669C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) Handling juveniles-one hour</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6B7272D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) Human relations-two hours.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5739B81B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) Nothing in this chapter prevents the entity having a reserve unit from prescribing additional training, subject to the approval of the Law Enforcement Training Council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EAF7B9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0366BCB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 3; 1996 Act No. 459, § 44; 2006 Act No. 317, § 3, eff May 30, 2006; 2006 Act No. 336, § 2, eff June 2, 2006; 2007 Act No. 44, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2A29713A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="47AE04DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The first 2006 amendment, in the second sentence of the introductory paragraph, substituted "Law Enforcement Training Council" for "South Carolina Criminal Justice Academy Division of the Department of Public Safety".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="107EE8EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The second 2006 amendment added the undesignated paragraph at the end relating to reserve unit training.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6019A078" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment designated subsections (A) and (B) and redesignated items (A) to (M) as paragraphs (A)(1) to (A)(13); in subsection (A), in the introductory paragraph substituted "Law Enforcement Training Council" for "South Carolina Criminal Justice Academy"; in subsection (B), substituted "Law Enforcement Training Council" for "South Carolina Criminal Justice Academy Division of the Department of Public Safety"; and made nonsubstantive language changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D534058" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="17B0D4D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-40. Manner in which training provided; in-service training.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5AB6E5CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The training described in Section 23-28-30 may be provided locally or regionally, but must be subject to approval of the Law Enforcement Training Council. If disapproved, the training council shall designate a representative to confer with the chief to make acceptable program changes. Within reason, and subject to academy schedules, academy staff may assist in the training.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5E3A244B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In addition to the sixty hours of preliminary training, classes of in-service training must be held periodically but not less often than once a month. Consecutive absences of more than three sessions may be grounds for dismissal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EA209D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6728FEB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 4; 1979 Act No. 39, § 1; 1996 Act No. 459, § 45; 2006 Act No. 317, § 4, eff May 30, 2006; 2007 Act No. 44, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="252B0662" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="10332A43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2006 amendment, in the first undesignated paragraph, in the first sentence substituted "Law Enforcement Training Council" for "South Carolina Criminal Justice Division Academy Division of the Department of Public Safety" and in the second sentence deleted "Advisory" preceding "Council".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0EF6B725" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment designated the first two paragraphs as subsections (A) and (B) and deleted the third undesignated paragraph exempting auxiliary or reserve officers on the force prior to April 19, 1978 from the high school diploma requirement for participating in training programs; in subsection (A), added "described in Section 23-38-30"; and made nonsubstantive language changes throughout.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D33BB97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="77F7937A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-50. Physical examination; applicability of other minimum selection standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="470BA34B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Before final acceptance as a reserve each candidate shall, at his own expense or through the offices of the doctor of his entity, submit to the chief a summary of the results of a current physical examination for the satisfaction of the chief concerning physical competence and capability. Other minimum selection standards recognized by law as applicable to full-time law enforcement officers also shall apply to reserves.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F747FB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1C17812A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 5; 2007 Act No. 44, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0B5E6342" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="72C831A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment in the first sentence deleted "political" preceding "entity" and made nonsubstantive language changes throughout.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B403F41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1C5D9551" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-60. Additional requirements; identification cards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="12EC7A39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Additional requirements beyond those set out in this chapter may be imposed by the chief.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1FCCA999" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Identification cards registering a reserve's status may be issued by the Law Enforcement Training Council upon request by the chief and assuring the council that all minimum requirements have been met.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A72D39E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="03822684" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 6; 1996 Act No. 459, § 46; 2007 Act No. 44, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="63411D37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="403DDF8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment designated subsections (A) and (B); in subsection (A), deleted "local political entity through the" preceding "chief"; and, in subsection (B), substituted "Law Enforcement Training Council" for "South Carolina Criminal Justice Academy Division of the Department of Public Safety".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A854394" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="30BD72AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-70. Duties of officers; appointment of coordinator-supervisor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="32B3628D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Reserves shall serve and function as law enforcement officers only on specific orders and directions of the chief. To maintain status, reserves shall maintain a minimum logged service time of twenty hours each month or sixty hours each quarter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5D176E79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) Each reserve must be in proximate contact, by radio or another device, with the full-time officer to whom he is assigned.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3388520F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person appointed as an auxiliary or reserve police officer after January 1, 1996, shall perform his duties while accompanied by a full-time, certified South Carolina police officer for a minimum of two hundred forty hours and receive the approval of the chief before he may work as provided in subsection (B). Reserve or auxiliary officers serving before January 1, 1996, and who have at least two hundred forty hours of logged service time are exempt from this provision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7155D4BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Reserves may not assume full-time duties of law enforcement officers without complying with all requirements for full-time officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="24A60E03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Each department utilizing reserves shall have one full-time officer as coordinator-supervisor and who must be responsible directly to the chief.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DF977C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="73BE6119" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 7; 1995 Act No. 85, § 2; 1996 Act No. 304, § 1; 2007 Act No. 44, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="78E50C3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1696ED1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment deleted references to sheriffs and deputy sheriffs throughout.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="49AE9898" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1C561A16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-80. Additional training for reserve officers desiring to become full-time officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="32525705" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A reserve who has been in active status for at least two years who desires to become a full-time law enforcement officer, upon application and completion of other existing requirements, may be accepted at the Law Enforcement Training Council for such additional hours of training as considered necessary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CA5B2EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5F9A5EC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 8; 1996 Act No. 459, § 47; 2007 Act No. 44, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="651E79A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3ECD4D1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment substituted "Law Enforcement Training Council" for "South Carolina Criminal Justice Academy" and made nonsubstantive language changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="159F0D5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="19388AC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-90. Former full-time officer becoming member of reserve.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1CDDE605" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A currently certified full-time law enforcement officer who leaves his position under honorable conditions, within twelve months, and at the request of his chief and with the concurrence of the Law Enforcement Training Council, may be issued a registration card identifying him as a member of the reserve. That officer must not be required to undergo the preliminary training for reserves but must be required to have a current physical exam.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="047B63EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2FF9DF1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 9; 1996 Act No. 459, § 48; 2007 Act No. 44, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="220DF453" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4B3B8DBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment substituted "Law Enforcement Training Council" for "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Department of Public Safety" and made nonsubstantive language changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54A0AD9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7CD3D689" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-100. Uniforms and equipment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="165FF213" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The uniforms and equipment issued by the political entity shall remain the property of the entity but, in the discretion of the chief, may be entrusted to the care and control of the reserves. Reserves shall wear uniforms which shall identify them as law enforcement officers. However, in the discretion of the chief, a reserve may wear plain clothes or another uniform that is consistent with his duties as a law enforcement officer. Handguns, if issued, shall be of a caliber approved by the chief.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D1E81FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="31CCA903" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 10; 2007 Act No. 44, § 1, eff June 4, 2007; 2008 Act No. 321, § 7, eff 6 months after approval (approved June 16, 2008).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3746CC1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="071BCAC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment deleted "political" preceding "entity" in the first sentence and made nonsubstantive language changes throughout.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="7EA5B191" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment added the third sentence relating to wearing plain clothes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6ACBA8C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="398583CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-110. Workers' compensation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0AE9F23F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Workers' compensation benefits may be provided for reserves by the governing body in the same manner as benefits are provided for full-time officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6D9EB37F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For purposes of compensation or benefits arising from duty-related injury or death, reserves must be considered employees of the entity for which they were appointed and must be included with regular duty officers in the assigned responsibility for prevention, suppression, and control of crime.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B84A10C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4D598602" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 481, § 11; 1978 Act No. 599, § 1; 2007 Act No. 44, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="16F056A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="65B15D91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment designated subsections (A) and (B); and, in subsection (B), deleted "political" preceding "entity" and made nonsubstantive language changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7DBF07F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1343EFD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-28-120. Exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2BBCBE30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter does not apply to deputy enforcement officers of the Natural Resources Enforcement Division of the South Carolina Department of Natural Resources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4FA3B169" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="4E8F051C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 612, amending 1978 Act No. 481 to add § 11A; 1993 Act No. 181, § 359; 2007 Act No. 44, § 1, eff June 4, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1C28303F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="357D67F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment substituted "This chapter does not" for "The provisions of this chapter shall".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2372,51 +2984,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2853,66 +3465,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>