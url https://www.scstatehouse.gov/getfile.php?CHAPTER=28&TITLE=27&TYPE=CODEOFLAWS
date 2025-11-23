--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1,1602 +1,1596 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd97081d677f47af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3754e020af48437d8774605c97831485.psmdcp" Id="Rd383ca15d5254682" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25602b46023c4fda" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e9b0b066430f419788768b6241aaa852.psmdcp" Id="Radccdca8f861477b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00270A17" w:rsidRDefault="00270A17" w14:paraId="4FD42B37" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="53DCD32F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5E694B5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Prohibition of Unfair Real Estate Service Agreements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3C6E0CFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76EBEC28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="47ADCA30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7C702385" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="30EFEC59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2024 Act No. 165, § 2, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2F040647" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="13C4F134" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 2. This act takes effect upon approval by the Governor and applies to any unfair real estate service agreements that are recorded on the effective date of this act or that are executed, modified, extended, or amended on or after the effective date of this act."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="011AD197" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="466E385D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="51D275CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-28-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...56 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="005755A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>This chapter may be cited as the "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prohibition of Unfair Real Estate Service Agreements Act".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="033FD955" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="662B18E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2024 Act No. 165 (S.881), § 1, eff May 20, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47D3F58E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="35528917" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-28-20. Purpose; definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4D0B1F5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) This chapter is intended to prohibit the use of real estate service agreements that are unfair to an owner of residential real estate or to other persons who may become owners of that real estate in the future. This chapter also prohibits the recording of such residential real estate service agreements so that the public records will not be clouded by them and provides remedies for owners who are inconvenienced or damaged by the recording of such agreements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="625ABB8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="403EFFDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Person" means any individual, partnership, corporation, company, or association.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1D627F96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Real estate service agreement" means a written contract between a service provider and the owner or potential buyer of residential real estate to provide services, current or future, in connection with the maintenance, purchase, or sale of residential real estate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="57DE4B34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Residential real estate" means real property located in this State which is used primarily for personal, family, or household purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2622318F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Service provider" means a person who provides a service related to residential real estate, including a real estate broker.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="76D3DDAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Unfair real estate service agreement" means a real estate service agreement that violates Section 27-28-30 or Section 27-28-40.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06A9BB20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5BEB5A3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2024 Act No. 165 (S.881), § 1, eff May 20, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B8C3B05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="675990ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-28-30. Unfair real estate service agreements; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2903360C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A real estate service agreement is unfair, void, and in violation of this chapter if the agreement is to be in effect for more than one year and either expressly or implicitly aims to do any of the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="45971844" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) run with the land or bind future owners of residential real estate identified in the real estate service agreement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="742036A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) allow for the assignment of the right to provide services without notice or consent of the owner or buyer; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="51D4D0B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) create a lien, encumbrance, or other real property security interest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="095D2955" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A service provider has no right to a refund of the consideration paid to the owner or buyer in connection with an unfair real estate service agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6A82A089" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) This chapter does not apply to the following types of agreements:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="04AC0A24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a home warranty or other type of similar product that covers the cost of maintenance of a major housing system, such as plumbing or electrical wiring, for a set period of time from the date a house is sold;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6701A351" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) an insurance contract;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="59AD19F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) an option to purchase contract executed with a lease agreement or a contract for a deed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="446C12DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a declaration created pursuant to Chapters 30 (Homeowner Association Act), 31 (Horizontal Property Act), and 32 (Vacation Time Share Plan) of this title or created pursuant to Chapter 31 of Title 33 (Nonprofit Corporation Act);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3D20CE0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) a maintenance or repair agreement entered into by a homeowners association in a common interest community;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5D36656D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) a security agreement under Title 36 (the Uniform Commercial Code) relating to the sale or rental of personal property or fixtures;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6053C312" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) the provision of water, sewer, electrical, telephone, cable, natural gas, propane, fuel oil, or other regulated utility service;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0A9F94D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) a property management contract; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="695F387E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) any actions regarding mechanics', laborers', or materialmen's liens or commercial real estate broker liens.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="295BA36E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1BAF6D6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2024 Act No. 165 (S.881), § 1, eff May 20, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0708AD81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="29D768C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-28-40. Recordings of unfair real estate service agreements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3DF64C9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Any recorded unfair real estate service agreement or notice or memorandum of an unfair real estate service agreement is void.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="77560912" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) All the following shall apply to a recording that is void under subsection (A):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7C7D94B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The recording shall not operate as a lien, encumbrance, or security interest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1937F805" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) No owner or buyer shall be required to record any document voiding the recording.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="00301C24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The recording shall not provide actual or constructive notice to any person interested in the residential real estate that is identified in the unfair real estate service agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...70 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="10A70832" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(C) In addition to any other rights provided by law, any person with an interest in residential real estate identified by a recording that is void under subsection (A) may recover damages, costs, and attorney's fees that may be proved against the service provider named in the unfair real estate service agreement. Any actual damages, costs, and attorney's fees that are proved against the service provider are not offset by the consideration paid by the service provider to the owner or buyer of the residentia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>l real estate.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46CFA5CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0AD6E989" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2024 Act No. 165 (S.881), § 1, eff May 20, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26D47E8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5D179707" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-28-50. Violations of chapter; remedies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="64976C71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In addition to any other rights provided by law, a violation of this chapter constitutes an unfair trade practice under Chapter 5 of Title 39, the South Carolina Unfair Trade Practices Act. Any party aggrieved by a violation of this chapter may bring a cause of action against the service provider and is entitled to the relief available in Section 39-5-140. Any recoveries available under Section 39-5-140 against the service provider are not offset by the consideration paid by the service provider to the own</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>er or buyer in connection with the unfair real estate service agreement. The Attorney General is empowered to enforce this chapter as allowed by Chapter 5 of Title 39.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F6D7171" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5139FF33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2024 Act No. 165 (S.881), § 1, eff May 20, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1607,51 +1601,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2088,66 +2082,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>