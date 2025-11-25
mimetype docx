--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,1887 +1,2206 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc7fc638f6ee14ad9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/216dcc98d06d4f4a99f91500cac8462c.psmdcp" Id="Re76ce34684c04f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R77d51b5da5a34652" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2931f57390d14045b3abcc0758aeb4bc.psmdcp" Id="R06898a0529864e21" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="5D1F7A9B" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0B75ACD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="05FCC68B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Self-Sufficiency Trust Fund; Disability Trust Fund; Aid For Developmentally Disabled, Mentally Ill, and Physically Handicapped Persons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="44E26B2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="48029CC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5A26B674" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Self-Sufficiency Trust Fund</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2B96C4D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1338C4B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-10. Establishment of fund; purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="66C2BD58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is established the Self-Sufficiency Trust Fund, separate and distinct from the general fund, in the State Treasury. The purpose of the Self-Sufficiency Trust Fund is to provide a life-care planning option to meet the supplemental service needs of individuals with disabilities in order to enable parents and families to plan a more secure future for their disabled dependents without fear of loss of benefits or invasion of trust principal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36BDA80C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="31CB0512" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0CE46B78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4E8AE85D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-20. Definition of "self-sufficiency trust."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3FD8877C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">For the purpose of this chapter "a self-sufficiency trust" </w:t>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>For the purpose of this chapter "a self-sufficiency trust" means a trust created by a nonprofit corporation exempt from federal income taxes pursuant to Section 501(c)(3) of the Internal Revenue Code of 1986 and organized for purposes of providing care or treatment of one or more developmentally disabled, mentally ill, or physically handicapped persons eligible for services of the Office of Intellectual and Developmental Disabilities, Office of Mental Health, or the State Agency of Vocational Rehabilitatio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>n.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41F4C043" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="59CFEF59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1; 1993 Act No. 181, § 1093.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="09FA4C8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="565F32F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39A0C593" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5B2CC0BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-30. State Treasurer custodian of trust fund; agreement to specify supplemental care or treatment for each beneficiary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="195687F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The State Treasurer is the custodian of the Self-Sufficiency Trust Fund and pursuant to an agreement with the trustee of a self-sufficiency trust may accept money from a self-sufficiency trust in the name of a beneficiary for deposit in the Self-Sufficiency Trust Fund. The treasurer shall maintain a separate account in the Self-Sufficiency Trust Fund for each named beneficiary and shall promptly credit the account of a beneficiary with money received from a self-sufficiency trust on behalf of that bene</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ficiary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1819D91D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) The agreement, naming one or more beneficiaries residing in this State who are developmentally disabled, mentally ill, or physically handicapped, must specify the supplemental care or treatment to be provided for each named beneficiary with the money deposited in the Self-Sufficiency Trust Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5677CAE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="07976519" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D2C69D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6C03242F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-40. Departments and Agency required to provide care or treatment using monies in fund account; vouchers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="79E06F4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Office of Intellectual and Developmental Disabilities, Office of Mental Health, or the State Agency of Vocational Rehabilitation must provide care or treatment for a beneficiary from monies available from the beneficiary's account maintained in the Self-Sufficiency Trust Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="49E51070" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Upon proper certification by the Office of Intellectual and Developmental Disabilities, the Office of Mental Health, or the State Agency of Vocational Rehabilitation, the State Treasurer shall process vouchers from the Self-Sufficiency Trust Fund accounts for services provided pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5012CF06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1312EACB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1; 1993 Act No. 181, § 1094.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3C089B59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4D75A7C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63ED48A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="66EA95C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-50. Receipt of monies from fund not to reduce, impair, or diminish other benefits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7BACFB16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The receipt by a beneficiary of money from the Self-Sufficiency Trust Fund or of supplemental care or treatment provided with money from the fund may in no way reduce, impair, or diminish the benefits to which the beneficiary is otherwise entitled by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FF4F610" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="238244FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73171F61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0411BD77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-60. Money not usable for supplemental care and treatment to be returned to depositing trust; interest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5AAC3ECF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If the State Treasurer after consultation with the Office of Intellectual and Developmental Disabilities, the Office of Mental Health, or the State Agency of Vocational Rehabilitation determines that the money in the account of a named beneficiary cannot be used for supplemental care or treatment of the beneficiary in a manner consistent with the agreement or upon request of the trustee of the self-sufficiency trust, the remaining money in the account and any accumulated interest promptly must be returned </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>to the self-sufficiency trust which deposited the money in the Self-Sufficiency Trust Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A4EA4C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6CD8A944" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1; 1993 Act No. 181, § 1095.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="68E1AFA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="08C91F5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E53C5D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6167B88D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-70. Crediting and allocation of interest.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3AA6F0A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Treasurer shall credit interest earned on the Self-Sufficiency Trust Fund to the fund and shall allocate the interest pro rata to the accounts of the named beneficiaries of the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D572D78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="713E53A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05702537" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1ED885B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-80. Departments and Agency to promulgate regulations for implementation and administration of fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3B1D8F18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Behavioral Health and Developmental Disabilities and the State Agency of Vocational Rehabilitation shall promulgate regulations necessary for the implementation and administration of the Self-Sufficiency Trust Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C094937" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="211F743A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1; 1993 Act No. 181, § 1096.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="62975CC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="27E9FFC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73B7A996" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7B92DAE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="31C3D3D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Disability Trust Fund</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6EA8EBDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="405F02F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-310. Establishment of fund; purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="33149DA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is established the Disability Trust Fund, separate and distinct from the general fund, in the State Treasury. The purpose of the Disability Trust Fund is to provide supplemental services to meet the needs of low income and indigent individuals with disabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BAF7764" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0CDFFA25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16C963CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5FB49265" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-320. Source of monies for fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="799C2043" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The State Treasurer may accept for deposit in the Disability Trust Fund:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7D628533" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(1) monies left to the Disability Trust Fund by donors of a self-sufficiency trust defined in Article 1 of this chapter at the death of the disabled beneficiary; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="255C1717" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) bequests and contributions from private donors, corporations, or foundations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28E7688E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6B1FF16C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1DFF2802" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7B4097A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-330. Use of monies in fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="559DFF40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Monies in the Disability Trust Fund must be expended solely to provide supplemental services to meet the need for care or treatment for low income or indigent individuals with developmental disabilities, mental illness, or physical handicaps.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="49D7179C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="68F97A35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="38E341CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3E81F08B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-340. Interest earned to be credited to fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="789159F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Treasurer shall credit earned interest on the Disability Trust Fund to the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7CDAE323" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="06DBAD1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B0CF4DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0F3BB896" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-350. Receipt of monies from fund not to reduce, impair, or diminish other benefits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3DE79FD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The receipt by a beneficiary of money from the trust fund or of supplemental care or treatment provided with money from the trust fund does not in any way reduce, impair, or diminish the benefits to which the beneficiary is otherwise entitled by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AB784A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="646E12B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28021FDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="258B8E90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-360. Departments and Agency required to provide care or treatment to eligible beneficiaries using monies from fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="475D7861" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The Office of Intellectual and Developmental Disabilities, Office of Mental Health, or State Agency of Vocational Rehabilitation must provide care or treatment for the beneficiary from monies available from the Disability Trust Fund. These agencies are responsible only for the beneficiaries that meet their individual eligibility criteria.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F723249" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="335D2F10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1; 1993 Act No. 181, § 1097.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4068703E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3E139221" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C5523C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6B1DC382" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-28-370. Departments and Agency to promulgate regulations for implementation and administration of fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1BCB8216" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Behavioral Health and Developmental Disabilities and the State Department of Vocational Rehabilitation shall promulgate regulations necessary for the implementation and administration of the Disability Trust Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A512CB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6F581D81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1992 Act No. 385, § 1; 1993 Act No. 181, § 1098.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4A1F688E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3A742B82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1892,51 +2211,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2373,66 +2692,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>