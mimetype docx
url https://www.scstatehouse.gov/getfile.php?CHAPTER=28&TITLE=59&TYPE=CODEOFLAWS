--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1,3092 +1,2884 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9db903f4e7504b3b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35b13ab255344c309daa7cce99369279.psmdcp" Id="R4eb6b53377b14de3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8be9a7ba1eca440f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0709873543aa4aba89993459c70c5c46.psmdcp" Id="R4a7ec64111ac4ecd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00833E56" w:rsidRDefault="00833E56" w14:paraId="30D98BB3" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="327FB025" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="648A9414" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Parental Involvement in Their Children's Education Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="464337FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="50179408" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-100. Citation of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="47E2CD77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>This chapter may be cited as the "Parental Involvement in Their Children's Education Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="31015916" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="148DCAAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5EBD1E06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="46E29E21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-110. Purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1FF1A346" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is the purpose of the General Assembly in this chapter to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="24AE7E9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) heighten awareness of the importance of parents' involvement in the education of their children throughout their schooling;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4A952331" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) encourage the establishment and maintenance of parent-friendly school settings; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="548EC96B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(3) emphasize that when parents and schools work as partners, a child's academic success can best be assured.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DD8FD55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6241E7C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E47604E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="33AD131F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-120. State agency involvement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6E983DEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Governor shall require state agencies that serve families and children to collaborate and establish networks with schools to heighten awareness of the importance of parental influence on the academic success of their children and to encourage and assist parents to become more involved in their children's education.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09879CF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="41241867" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="72290BFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4CE00731" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-130. Parental involvement plans; recognition of improvement; establishing criteria for staff training.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="02AB2533" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Board of Education shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="15646AAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) require school and district long-range improvement plans required in Section 59-139-10 to include parental involvement goals, objectives, and an evaluation component;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1C972E85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) recognize districts and schools where parental involvement significantly increases beyond stated goals and objectives; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="468CC823" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) establish criteria for staff training on school initiatives and activities shown by research to increase parental involvement in their children's education.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="683EFEDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="759716B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="347C8530" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7660D5DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-140. Design of parental involvement and best practices training programs; incorporation into teacher and principal preparation programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7B6F5561" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Superintendent of Education shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0441C829" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) design parental involvement and best practices training programs in conjunction with higher education institutions and the pre-K through grade 12 education community, including parental program coordinators, which shall include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1175B12C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(a) practices that are responsive to racial, ethnic, and socio-economic diversity, and are appropriate to various grade-level needs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="660A631A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) establishment and maintenance of parent-friendly school settings;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6744876A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) awareness of community resources that strengthen families and assist students to succeed; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="176F9800" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) other topics appropriate for fostering partnerships between parent and teacher;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2D31C778" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) work collaboratively with the Commission on Higher Education to incorporate parental involvement training into teacher preparation and principal preparation programs consistent with the training provided in item (1) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BA36FEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5DA6F607" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A306BD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="216DDAF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-150. State Superintendent of Education activities to promote parental involvement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1354DB84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Superintendent of Education shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7A3821DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) promote parental involvement as a priority for all levels from pre-K through grade 12, with particular emphasis at the middle and high school levels where parental involvement is currently least visible;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6EDAE696" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) designate a Department of Education staff position whose specific role is to coordinate statewide initiatives to support school and district parental involvement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="63872B9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) collect and disseminate to districts and schools practices shown by research to be effective in increasing parental involvement at all grade levels;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2B36BCC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) provide parental involvement staff development training for district and school liaisons, as needed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5B822840" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) provide technical assistance relating to parental involvement training to districts and schools;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="23BEC1F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) sponsor statewide conferences on best practices;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="44FA3742" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) identify, recommend, and implement ways to integrate programs and funding for maximum benefit to enhance parental involvement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5FA28E66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(8) enroll the Department of Education as a state member of national organizations which promote proven parental involvement frameworks, models, and practices and provide related services to state and local members;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="13A415C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) promote and encourage local school districts to join national parental involvement organizations; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="763AB2FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) monitor and evaluate parental involvement programs statewide by designing a statewide system which will determine program effectiveness and identify best practices and report evaluation findings and implications to the General Assembly, State Board of Education, and Education Oversight Committee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42052A67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="16C74BC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D4A3F67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1AF77139" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-160. Local school board of trustees activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7A1F105A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Each local school board of trustees shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1D086E38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) consider joining national organizations which promote and provide technical assistance on various proven parental involvement frameworks and models;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6430C94C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) incorporate, where possible, proven parental involvement practices into existing policies and efforts;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="61BADDF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) adopt policies that emphasize the importance, strive to increase and clearly define expectations for effective parental involvement practices in the district schools;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="73501E38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) provide for all faculty and staff, no later than the 2002-2003 school year, parental involvement orientation and training through staff development with an emphasis on unique school and district needs and after that, on an ongoing basis as indicated by results of evaluations of district and school parental involvement practices and as required by the State Board of Education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="731C9E9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) provide incentives and formal recognition for schools that significantly increase parental involvement as defined by the State Board of Education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="59C8536A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) require an annual briefing on district and school parental involvement programs including findings from state and local evaluations on the success of the district and schools' efforts; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="49B339A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) include parental involvement expectations as part of the superintendent's evaluation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43563E66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="591F93AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17B9785E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="583E76A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-170. School district superintendent activities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3AA46B48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Each school district superintendent shall consider:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5C8E7735" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(1) designating staff to serve as a parent liaison for the district to coordinate parental involvement initiatives and coordinate community and agency collaboration to support parents and families;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="303D9625" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) requiring each school to designate a faculty contact for parental involvement efforts to work collaboratively with the district coordinator and network with other school faculty contacts;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="53BC4C4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) requiring each school principal to designate space within the school specifically for parents which contains materials and resources on the numerous ways parents and schools can and should partner for a child's academic success; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4FC5EAEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(4) encouraging principals to adjust class and school schedules to accommodate parent-teacher conferences at times more convenient to parents and, to the extent possible, accommodate parents in cases where transportation and normal school hours present a hardship.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0DEACCA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Each school district superintendent shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1FC24C93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) include parental involvement expectations as part of each principal's evaluation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="501D5ACB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) include information about parental involvement opportunities and participation in the district's annual report; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="158DC81F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) disseminate to all parents of the district the expectations enumerated in Section 59-28-180.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0AFF5A1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="49E67B8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15DA086A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3FD72192" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-180. Parent expectations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1A0A321F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Parent involvement influences student learning and academic performance; therefore, parents are expected to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1D0F737A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) uphold high expectations for academic achievement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="54B01C81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) expect and communicate expectations for success;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="066D3582" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(3) recognize that parental involvement in middle and high school is equally as critical as in elementary school;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="149FC0D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) ensure attendance and punctuality;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="05359784" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) attend parent-teacher conferences;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7EBDE8DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) monitor and check homework;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4DADD0B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) communicate with the school and teachers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="77F919B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(8) build partnerships with teachers to promote successful school experiences;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3F613609" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) attend, when possible, school events;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0B94BAFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) model desirable behaviors;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="630C2E56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) use encouraging words;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7C162BB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) stimulate thought and curiosity; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3C80A7DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) show support for school expectations and efforts to increase student learning.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AD80519" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="35AEFE72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EA00D30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3078EE40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-190. Education Oversight Committee survey; public awareness campaign.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="256D29A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Education Oversight Committee shall survey parents to determine if state and local efforts are effective in increasing parental involvement. This information shall be used in the public awareness campaign required by the Education Accountability Act to promote the importance of parental involvement. The campaign shall include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2B589030" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(1) advice for parents on how to help their children be successful in school and the importance of nurturing their children's skills and abilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7EFD882A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) requests to employers, state agencies, entities, community groups, nonprofit organizations, and faith communities that work with children and families to distribute and display parent advice and other pertinent parent information;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="2A1392E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) promotion of the benefits of increased productivity, loyalty, and sense of community which result from parent-friendly workplace policies;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0BCAD763" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) ideas and encouragement to employers to adopt parent-friendly workplace policies and to provide information on the importance of parents to a child's academic success;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="56A51FEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) recognition of businesses and employers where parent-friendly policies have been adopted; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="705640F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(6) recognition of agencies and faith communities that have supported and increased parental involvement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AC3B95C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="4930469A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E346A2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="63A8F63F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-200. Development of informational materials.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7A787B44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Education Oversight Committee and the State Superintendent of Education shall develop and publish jointly informational materials for distribution to all public school parents and to teachers. The informational materials for distribution shall include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1CDC8F1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) an explanation of the grade-level academic content standards and advice on how parents can help their children achieve the standards and the relationship of the standards to the state assessments; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="0EDDE8D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) printed information about the standards and advice relative to parental involvement in their children's education for visible display and use in every public school K-12 classroom.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D06C119" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="57761671" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1; 2006 Act No. 254, § 9, eff March 24, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="6CFAA642" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="1EF83FD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2006 amendment, at the end of item (1), substituted "state assessments" for "Palmetto Achievement Challenge Tests (PACT)".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6441768F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="3F2B95B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-210. Dissemination of informational materials.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="662D8F09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>The Education Oversight Committee shall disseminate the informational materials prepared pursuant to Section 59-28-200 to all districts and schools.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F4A66E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="05F5A2B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="679840B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="5D6037B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 59-28-220. Development of employer tax credit incentives for paid parent-employee release time.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="7E214B53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Education Oversight Committee, in cooperation with representatives of the Department of Commerce, the Department of Revenue, and the South Carolina Chamber of Commerce, shall develop recommendations for employer tax credits as incentives to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="39AEC6B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) provide parent-employee release time for parent-teacher conferences or attendance at their children's academic-related events without loss of pay; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="32BA4AC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) develop workplace policies which enable parents to improve their literacy, assist their children with academics, and become more involved in their child's education as a result of employers working with local school officials.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="041CAB9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Recommendations shall be reported to the Senate Finance and Education Committees, House Ways and Means Committee, and the House Education and Public Works Committee no later than January 1, 2001.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0EFFA210" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004B5703" w:rsidRDefault="004B5703" w14:paraId="36FA4D6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 402, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3097,51 +2889,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3578,66 +3370,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>