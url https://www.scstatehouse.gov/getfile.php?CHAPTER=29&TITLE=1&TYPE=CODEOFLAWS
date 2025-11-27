--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,617 +1,602 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R162b042762ab473a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8288301bd4e3486fbed978d7256132f0.psmdcp" Id="R5e52fcb5f95a46e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref10d22490d0470c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0a3b6b362114efbaae15ea99c40c24c.psmdcp" Id="Rd860dbe4ad0740aa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="3D25521F" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6F7A4FBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="45D88B4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Council on the Holocaust</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="105C838B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="71788BB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-29-10. Creation of council; purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0D90DE33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>The South Carolina Council on the Holocaust is created. The purpose of the council, working in conjunction with the State Department of Education, is to develop an educational program to prevent future atrocities similar to the systematic program of genocide of six million Jews and others by the Nazis. The program must be designed to honor the survivors of the Holocaust and their descendants and the South Carolinians and their descendants who participated in the liberation of concentration camps. The counc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>il also shall develop and establish an appropriate program for an annual observance of the Holocaust.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F8D1860" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="73759FAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 189, Part II, § 56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D81BC52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="333C5E5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-29-20. Membership of council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="32E84661" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council consists of twelve members: four appointed by the Governor, four appointed by the President of the Senate, and four appointed by the Speaker of the House of Representatives. Members must be appointed for two-year terms to begin July first of each year. A majority of the members constitutes a quorum for the transaction of business, and the council shall meet not more than once each quarter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B9DD1DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2B1A0250" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 189, Part II, § 56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C9270FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0B567321" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-29-30. Department of Education to provide necessary staff for council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2A7C85DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Department of Education shall provide technical, administrative, or clerical staff necessary for the council to conduct its business.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="21202013" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="75AD5D9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 189, Part II, § 56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FEC40FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3B28B3E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-29-40. Powers of council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3E3267E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>In addition to appropriations annually made available by the General Assembly, the council may enter into contracts and accept gifts, contributions, and bequests of an unrestricted nature from individuals, foundations, corporations, and other organizations or institutions for the purpose of furthering the educational objectives of the council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B0D6937" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="034B75F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 189, Part II, § 56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04DCA251" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3A86EFED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-29-50. Compensation of council members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3F0CDECF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The members are allowed the usual mileage, per diem, and subsistence provided by law for members of state boards, committees, and commissions. The expenses of the legislative appointees must be paid from the approved accounts of their respective bodies, and the expenses of the gubernatorial appointees must be paid from funds appropriated to the Governor's Office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C7CE9AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="162CFB77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 189, Part II, § 56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -622,51 +607,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1103,66 +1088,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>