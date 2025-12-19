--- v0 (2025-10-30)
+++ v1 (2025-12-19)
@@ -1,373 +1,372 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra2157289b6894e8e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aec467b3a4be4c639f46b86cff3804cd.psmdcp" Id="R3d32f7426e9c466b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6fa632b5c9f24df0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3018816e90d455b94daa34d4b0539c2.psmdcp" Id="Rf412145d1ae34585" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00466BCC" w:rsidRDefault="00466BCC" w14:paraId="00BD6D4D" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="686F283F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CHAPTER 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="4977162B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>CHAPTER 29</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Veterans Treatment Court Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="2E364F56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="2EA7807D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 14-29-10. Short title.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="19EC72F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "Veterans Treatment Court Program Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35D1CA71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="32DEF174" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 2014 Act No. 280 (H.3014), § 1, eff June 10, 2014.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1BC29954" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="2CE43BBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 14-29-20. Purpose of chapter.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="52B76997" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The General Assembly recognizes the success of various other states' veterans court initiatives in rehabilitating certain nonviolent offenders who are veterans of a military conflict in which the United States military is or has been involved. The purpose of this chapter is to divert qualifying nonviolent military veteran offenders away from the criminal justice system and into appropriate treatment programs, thereby reserving prison space for violent criminals and others for whom incarceration is the only</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reasonable alternative.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B65D1D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="62F709AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> reasonable alternative.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 2014 Act No. 280 (H.3014), § 1, eff June 10, 2014.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="519A39B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="52A738C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 14-29-30. Veterans treatment court programs may be established.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="649E395A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Each circuit solicitor may establish a veterans treatment court program. Each circuit solicitor that accepts state funding for the implementation of a veterans treatment court program must establish and administer at least one veterans treatment court program for the circuit within one hundred eighty days of receipt of funding. The circuit solicitor must administer the program and ensure that all eligible persons are permitted to apply for admission to the program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="77AE3FA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D3447E" w:rsidRDefault="00D3447E" w14:paraId="6EAD9CF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 280 (H.3014), § 1, eff June 10, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...102 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -378,51 +377,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -859,66 +858,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>