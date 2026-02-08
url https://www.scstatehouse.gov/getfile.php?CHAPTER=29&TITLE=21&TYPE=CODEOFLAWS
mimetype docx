--- v0 (2025-10-11)
+++ v1 (2026-02-08)
@@ -1,321 +1,296 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9ed8e49dc41d4f06" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2cbda5fd41a4f2c80eeb8b64e758aec.psmdcp" Id="R73db19b0c74b4acf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R78b7baf3c7a44d4b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b914c1e1e2fc48c0b44877912e0426de.psmdcp" Id="R8e4ef9fb374e4428" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B0A82" w:rsidRDefault="009B0A82" w14:paraId="55E6874D" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00354545" w:rsidRDefault="00354545" w14:paraId="4995F76C" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00354545" w:rsidRDefault="00354545" w14:paraId="39A6C4D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 29</w:t>
-[...6 lines deleted...]
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Trust Companies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B0A82" w:rsidRDefault="009B0A82" w14:paraId="00378E85" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00354545" w:rsidRDefault="00354545" w14:paraId="648DA930" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B0A82" w:rsidRDefault="009B0A82" w14:paraId="48C0902F" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00354545" w:rsidRDefault="00354545" w14:paraId="1EFC89CD" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 21-29-90. Affiliated trust company defined.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00354545" w:rsidRDefault="00354545" w14:paraId="67667A78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>Trust Companies</w:t>
-[...15 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For the purposes of this section, an "affiliated trust company" is a trust company that is owned by the bank which has designated it as an agent or is owned, directly or indirectly, by the same bank holding company that owns, directly or indirectly, the bank which has designated it as an agent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00354545" w:rsidRDefault="00354545" w14:paraId="7B79EB4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Any bank is authorized to designate an affiliated trust company as its agent for the performance of all acts, obligations, and responsibilities of the bank with respect to any fiduciary or other services generally rendered by bank trust departments. In that event, the bank remains fully responsible and liable with respect to all actions of the affiliated trust company as if performed by the bank itself. No such agency relationship:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00354545" w:rsidRDefault="00354545" w14:paraId="05B9B934" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) may be considered an impermissible delegation of responsibility or duty by the bank; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00354545" w:rsidRDefault="00354545" w14:paraId="487BCC05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) constitutes a resignation or disqualification of the bank as fiduciary or a relinquishment of trust powers by the bank.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63B417F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00354545" w:rsidRDefault="00354545" w14:paraId="04663E5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 106, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -332,51 +307,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -813,66 +788,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>