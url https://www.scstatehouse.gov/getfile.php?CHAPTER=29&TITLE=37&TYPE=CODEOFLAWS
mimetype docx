--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,525 +1,566 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc5caa194d9ba42b3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2009ad31da03437fb13467c79e965ac1.psmdcp" Id="R135b9c6ddb234244" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c244d761cea408a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b23aaa72db28429681a7836d5595d8b6.psmdcp" Id="R28e487de97d941d6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A626C7" w:rsidRDefault="00A626C7" w14:paraId="04E82FBF" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="33B3658F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6E5FBC96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>PalmettoPride</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6E49D62C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="6D15C19A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-29-100. PalmettoPride established; purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="5A15F206" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>There is established PalmettoPride, an eleemosynary, nonprofit corporation organized pursuant to Chapter 31, Title 33 and Section 501(c)(3) of the Internal Revenue Code, which is authorized to coordinate and implement statewide and local programs for litter control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50B52390" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="56204B66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 324, § 1, eff June 16, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D2D70BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="4FCB57D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-29-110. Board of directors; appointment of members; terms; vacancies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="59FBDEA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>PalmettoPride is governed by a board of directors composed of eleven members to be appointed as follows: five members of the public must be appointed by the Governor; three members must be appointed by the President of the Senate, to include one Senator and two members of the public; three members must be appointed by the Speaker of the House of Representatives, to include one member of the House of Representatives and two members of the public. The members of the board shall elect the chairman of the boar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>d from among the public members. The board members shall serve terms of four years. A vacancy that occurs on the board must be filled by appointment by the Governor, the President of the Senate, or the Speaker of the House of Representatives, as appropriate, for the remainder of the unexpired term.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="262E46D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="1742A2BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 324, § 1, eff June 16, 2008; 2019 Act No. 1 (S.2), § 51, eff January 31, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="29E3A9BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="235D960D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 1, § 51, in the first and fourth sentences, substituted "President of the Senate" for "President Pro Tempore of the Senate", and made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E75AF97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="04ADA9AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-29-120. Appointment of staff and Executive Coordinator; annual budget.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2E425492" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The chairman of the board is authorized to make all personnel decisions to include the hiring of any necessary staff for the operation of PalmettoPride, including an executive coordinator. The coordinator shall submit an annual budget for the operation of PalmettoPride to the board of directors. The board of directors shall approve, disapprove, amend, or modify the budget recommended by the executive coordinator.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="797F35CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="49EEEB33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 324, § 1, eff June 16, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="583F15D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="160AB950" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 37-29-130. Acceptance of gifts; receipt and expenditure of public funds appropriated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="2314206A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>PalmettoPride may accept gifts, bequests, and grants from any person or foundation, and also may receive and expend public funds appropriated to it or authorized by the General Assembly. Receipt of funds allocated to PalmettoPride shall flow through the Department of Parks, Recreation and Tourism. Monies designated to the PalmettoPride-Litter Control Program pursuant to Section 14-1-208(10) must not be transferred or used for a purpose other than PalmettoPride-Litter Control. Unexpended funds must be carri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ed forward and used only for authorized purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BFCCEB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00551C95" w:rsidRDefault="00551C95" w14:paraId="772E0A53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 324, § 1, eff June 16, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -530,51 +571,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1011,66 +1052,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>