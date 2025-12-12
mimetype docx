--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -1,426 +1,409 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5353431bf6b443ef" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73cb2fbcafb04e73b2ab8552aade4436.psmdcp" Id="R5e52363dceee4e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfe5f2dd598174457" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d38e83fef8704fd3915c97ba963ee7db.psmdcp" Id="R2879cb7ad9cb47a6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C10316" w:rsidRDefault="00C10316" w14:paraId="3847C6F7" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5F51D72A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="15B24734" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 29</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Cotton</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="0A9C12C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="14B3B37C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 46-29-10. United States cotton standards adopted.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="58187B93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The official cotton standards of the United States, as established and promulgated from time to time by the Secretary of Agriculture of the United States, shall, while they are in effect, be the official cotton standards of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47761B9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="385EB3BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 13-1; 1952 Code § 13-1; 1942 Code § 6388; 1932 Code § 6388; 1922 (32) 840.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64D12E9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6711DFDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 46-29-20. Fraudulent packing.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="487B2587" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person who shall knowingly and wilfully pack into any bag or bale of cotton any stone, wood, trash cotton, cottonseed, water or any matter or thing whatsoever or cause such packing to be done, with the intent and purpose of cheating or defrauding any person whomsoever in the sale of such cotton, or who shall exhibit or offer for sale any bag or bale of cotton so fraudulently packed, at the time of such exhibit or offer for sale any such bag or bale of cotton knowing it to be so fraudulently packed, sha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ll on conviction thereof be sentenced to pay a fine of not more than five hundred dollars nor less than twenty dollars and to be imprisoned for a term of not more than six months nor less than one month.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="321558FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6C7C07DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>ll on conviction thereof be sentenced to pay a fine of not more than five hundred dollars nor less than twenty dollars and to be imprisoned for a term of not more than six months nor less than one month.</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 13-2; 1952 Code § 13-2; 1942 Code § 1280; 1932 Code § 1280; Cr. C. '22 § 175; Cr. C. '12 § 453; Cr. C. '02 § 340; G. S. 2517; R. S. 279; 1875 (15) 976.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69E53BC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="342FBD54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 46-29-30. Public ginners shall keep books for inspection; numbering of bales.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="14A5A379" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Every person who runs a public gin shall keep a book in which shall be entered a full account of all the cotton brought thereto with the date and the name of the person bringing it. Such book shall be open to inspection by the public. The ginner shall also, if requested so to do by the owner of the cotton, number consecutively each bale of cotton as it comes from the press, by stencil or other permanent mark, beginning with the number one at the opening of the ginning season, so that the stencil or number </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>mark shall correspond with the number and weight of the identical bale of cotton as it is recorded in the ginner's book of records.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E6070D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5C335143" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...111 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 13-4; 1952 Code § 13-4; 1942 Code § 6398; 1932 Code § 6398; Civ. C. '22 § 3313; Civ. C. '12 § 2339; 1902 (23) 1021; 1929 (36) 153.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -431,51 +414,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -912,66 +895,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>