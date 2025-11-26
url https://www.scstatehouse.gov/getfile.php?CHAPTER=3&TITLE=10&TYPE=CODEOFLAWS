--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,1069 +1,1058 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f81fa83809b4c3c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51838eefcc584c2f83b9fda2a35fca99.psmdcp" Id="R08a2e376403840db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9eca75c29cb541f2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/480ad6dae78c4072b10242d2621d558c.psmdcp" Id="R0f1977a3257d4736" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00022B1F" w:rsidRDefault="00022B1F" w14:paraId="2A396904" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="0A6B010F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="03124C3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Governor's Mansion and Lace House Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="4BC4DC01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="4B915447" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 10-3-10. Commission created; membership; terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="74814A1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is hereby created the Governor's Mansion and Lace House Commission which shall consist of seven members, six of whom shall be appointed by the Governor. The seventh member shall be the wife of the Governor or his designee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="2799C5EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The terms of the members shall be for four years and until their successors are appointed and qualify, except of those first appointed three shall serve until July 1, 1971 and three shall serve until July 1, 1973. The term of the seventh member shall be coterminous with that of the Governor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4FC788E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="3E5A61D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-405.5; 1970 (56) 1886.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A7FE3C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="2069C3BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 10-3-20. Officers; meetings; quorum; per diem and mileage.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="02A6ECA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The commission shall elect a chairman and such other officers as it deems necessary. It shall meet on the call of the chairman or upon the request of a majority of the members, and shall meet at least twice a year. A majority of the commission shall constitute a quorum for transacting business. The members shall serve without compensation, but shall be allowed the usual per diem and mileage as provided by law for members of boards, commissions and committees while on business of the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70F45163" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="2B225E14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-405.6; 1970 (56) 1886.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="45469063" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="2388895F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 10-3-30. Duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="445ED7E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The commission shall be the custodian of the Governor's Mansion and the Lace House, including the nonexpendable property of both places, and it shall be the duty of the commission to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="7296E523" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Approve all alterations, additions or renovations to the Governor's Mansion and the Lace House, together with the landscaped grounds surrounding them.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="42BC7A15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Acquire by purchase, loan or gift furnishings and nonexpendable property for the Governor's Mansion and the Lace House.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="74C0BFD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(c) Promote the beautification of the Governor's Mansion and the Lace House and the landscaped lands surrounding them.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="469C71FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) Promote interest in the furnishing of the Governor's Mansion and the Lace House with articles of historical significance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="56D5CE87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) Advise state officials and others on matters pertaining to the embellishment of the Governor's Mansion and the Lace House.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="770458E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) Make an inventory to be submitted to the Department of Administration as soon as practicable after being organized and each year thereafter of all nonexpendable property under its custody.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="2CD16D41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) Accept and disburse funds which must be utilized to purchase articles of historical, artistic, decorative, or intrinsic permanent value for use in the Governor's Mansion and other buildings owned by the State of South Carolina in the two blocks surrounded by Lincoln, Laurel, Gadsden, and Calhoun Streets in the City of Columbia. Because of the nature of the articles purchased, they are exempt from the bidding and purchasing procedures of the Division of General Services applicable to other state agencie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>s if they are in the categories of articles described in this item. All receipts and disbursements must be made with the approval of the commission. The funds and purchases made with them and gifts made pursuant to this section are the property of the State of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="67D36032" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) Do such other things as may be necessary to carry out the intent of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C86A7DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="187DDAA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-405.7; 1970 (56) 1886; 1978 Act No. 632, Part II, § 5; 1980 Act No. 517, Part II, § 8; 2005 Act No. 164, § 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="40EA464F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="2496DD95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, references in this section to the offices of the former State Budget and Control Board, Office of the Governor, or other agencies, were changed to reflect the transfer of them to the Department of Administration or other entities, pursuant to the directive of the South Carolina Restructuring Act, 2014 Act No. 121, § 5(D)(1), effective July 1, 2015.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6EEA0C7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="041104E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 10-3-40. Exclusion of portion of mansion from provisions of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="49A47B49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon approval of the Governor, the commission may exclude any portion of the Governor's mansion from the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4856B2FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="7157939D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-405.8; 1970 (56) 1886.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B3BD357" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="18BAA230" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 10-3-50. Return of articles on loan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="50D104DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In the event the commission is dissolved, all articles on loan to the commission shall be returned to their owners and any article on loan which may be removed at any time from the Governor's Mansion or the Lace House shall be returned to their owners.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="18B95B12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="65420905" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 1-405.9; 1970 (56) 1886.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B049F93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="34BA6640" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 10-3-60. Rent revenue from Governor's Mansion Complex used for operation of complex.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="5F116E01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Revenues generated from the rentals of the facilities of the Governor's Mansion Complex may be retained and expended for the budgeted operation of the complex.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FF1D27C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0070124C" w:rsidRDefault="0070124C" w14:paraId="57AF6AC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 145, Part II, § 13.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1074,51 +1063,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1555,66 +1544,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>