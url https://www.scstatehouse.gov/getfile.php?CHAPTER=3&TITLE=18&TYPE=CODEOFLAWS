--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,831 +1,812 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd9496211378242fd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e65ce32901f74ab88d58f0ec9618cea3.psmdcp" Id="Ree94e6c318e5473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa409c54f4c442cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88eba85a4afd44058d4e50b9bf3be415.psmdcp" Id="Rf665061525954aae" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D202AB" w:rsidRDefault="00D202AB" w14:paraId="53CC93D9" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="53BEFBDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="56D449F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Appeals From Magistrates in Criminal Cases</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="36B59433" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="48DF9BE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 18-3-10. Appeals to Court of Common Pleas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="716C9587" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Every person convicted before a magistrate of any offense whatever and sentenced may appeal from the sentence to the Court of Common Pleas for the county.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D4BCFFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="11FDD775" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 7-101; 1952 Code § 7-101; 1942 Code § 1024; 1932 Code § 1024; Cr. P. '22 § 144; Cr. C. '12 § 93; Cr. C. '02 § 66; G. S. 2646; R. S. 66; 1870 (14) 403; 1937 (40) 80; 1994 Act No. 520, § 4, eff September 23, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D9A07CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="18EA038F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 18-3-20. How appeals shall be taken and prosecuted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="3BE9A09C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>All appeals from magistrates' courts in criminal causes shall be taken and prosecuted as prescribed in this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F989271" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="0B8039E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 7-102; 1952 Code § 7-102; 1942 Code § 1024; 1932 Code § 1024; Cr. P. '22 § 114; Cr. C. '12 § 93; Cr. C. '02 § 66; G. S. 2646; R. S. 66; 1870 (14) 403; 1937 (40) 80.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71518CAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="110673A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 18-3-30. Time for appeal and statement of grounds; payment of fine does not waive right of appeal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="673ED295" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(A) The appellant, within ten days after sentence, shall file notice of appeal with the clerk of circuit court and shall serve notice of appeal upon the magistrate who tried the case and upon the designated agent for the prosecuting agency or attorney who prosecuted the charge, stating the grounds upon which the appeal is founded.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="0D16C03E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person convicted in magistrates court who pays a fine assessed by the court does not waive his right of appeal and, upon proper notice, may appeal his conviction within the time allotted in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40DFC325" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="2B3A1C1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 7-103; 1952 Code § 7-103; 1942 Code § 1025; 1932 Code § 1025; Cr. P. '22 § 115; Cr. C. '12 § 94; Cr. C. '02 § 67; 1880 (17) 493; 1968 (55) 2309; 1973 (58) 359; 2010 Act No. 269, § 1, eff June 24, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11C98207" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="3CFF85A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 18-3-40. Papers shall be filed with clerk of court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="404B2AE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Within ten days after service the magistrate shall file the notice in the office of the clerk of court, together with the record, a statement of all the proceedings in the case, and the testimony taken at the trial as provided in § 22-3-790.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FDCC5DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="6FC2A39B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 7-104; 1952 Code § 7-104; 1942 Code § 1026; 1932 Code § 1026; Cr. P. '22 § 116; Cr. C. '12 § 95; Cr. C. '02 § 68; G. S. 2648; R. S. 68; 1880 (17) 493; 1987 Act No. 49 § 1, eff April 27, 1987.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76AC38BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="303DFB98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 18-3-50. How bail shall be given.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="5457B5DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon service of the notice the magistrate shall, on demand of the defendant, admit him to bail in such reasonable sum, and with good sureties, as the magistrate may require, with conditions:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="060E51BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) to appear at the court appealed to and at any subsequent term to which the case may be continued, if not previously surrendered, and so from term to term until the final decree, sentence or order of the court thereon;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="5DDD9EBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) to abide such final sentence, order or decree and not depart without leave; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="303EE0CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) in the meantime to keep the peace and be of good behavior.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40B364F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="7A8C39B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 7-105; 1952 Code § 7-105; 1942 Code § 1027; 1932 Code § 1027; Cr. P. '22 § 117; Cr. C. '12 § 96; Cr. C. '02 § 69; G. S. 2649; R. S. 69; 1880 (17) 493.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="633E74C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="626A754A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 18-3-60. Clerk shall enter case on motion calendar of court of common pleas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="503C6D44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The clerk of court, upon receipt of the case, shall place it upon the motion calendar of the court of common pleas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CFB870F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="26FD0A47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 7-106; 1952 Code § 7-106; 1942 Code § 1028; 1932 Code § 1028; Cr. P. '22 § 118; Cr. C. '12 § 97; Cr. C. '02 § 70; G. S. 2650; R. S. 70; 1880 (17) 493; 1994 Act No. 520, § 5, eff September 23, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="182DAFEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="0BBAE5DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 18-3-70. No examination of witnesses; action of court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="08AC3A3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The appeal must be heard by the Court of Common Pleas upon the grounds of exceptions made and upon the papers required under this chapter, without the examination of witnesses in that court. And the court may either confirm the sentence appealed from, reverse or modify it, or grant a new trial, as to the court may seem meet and conformable to law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C95072C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="002C3384" w:rsidRDefault="002C3384" w14:paraId="39117FFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 7-107; 1952 Code § 7-107; 1942 Code § 1029; 1932 Code § 1029; Cr. P. '22 § 119; Cr. C. '12 § 98; Cr. C. '02 § 71; G. S. 2651; R. S. 71; 1880 (17) 493; 1994 Act No. 520, § 6, eff September 23, 1994.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -836,51 +817,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1317,66 +1298,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>