--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -1,1012 +1,1004 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R68b2a4a395324ab9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b25d2861f1194cb380a8c42dee075144.psmdcp" Id="R23e641b61dee40b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R328b6e1d08224ccb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14c620067baa4c4cb0b620ffa2bbecea.psmdcp" Id="R998a3cf1523946a7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="51F08111" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="31AD9CEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="1FAA77F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proof of Ordinances and Laws</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2C30A6A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6949A271" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="33596FEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ordinances</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5336C467" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="12483233" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 19-3-10. Proof of ordinances of municipalities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="5E3B2B3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>In all the courts held in this State the printed ordinances of the municipalities in the State, whether they be in pamphlet or book form, shall be admitted into evidence in such courts and shall constitute prima facie evidence of the genuineness of the same, provided the clerk of such municipality certifies to the correctness of the same.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="13C5E697" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="03C1CE60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 26-51; 1952 Code § 26-51; 1942 Code § 715; 1932 Code § 715; 1930 (36) 1107.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A5EA02F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4E7745D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4DE8DEB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Uniform Judicial Notice of Foreign Law Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2DE31B72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="15C121B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 19-3-110. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="35BB3059" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article may be cited as the "Uniform Judicial Notice of Foreign Law Act."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="731285F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4D2B801E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 26-61; 1952 Code § 26-61; 1948 (45) 1813.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40D25064" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="63CA0E90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 19-3-120. Judicial notice of laws of other United States jurisdictions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="24609688" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Every court of this State shall take judicial notice of the common law and statutes of every state, territory and other jurisdiction of the United States when such common law or statutes shall have been put in issue by the pleadings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CE523DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="36E4CD83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 26-62; 1952 Code § 26-62; 1948 (45) 1813.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47406E58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="3B10FA25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 19-3-130. Means by which court may inform itself of other United States laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0428B445" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The court may inform itself of such laws in such manner as it </w:t>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>The court may inform itself of such laws in such manner as it may deem proper and may call upon counsel to aid it in obtaining such information.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B457527" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0B0740F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 26-63; 1952 Code § 26-63; 1948(45) 1813.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12CB6B1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4E8D1C7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 19-3-140. Court shall determine other United States laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2E202003" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The determination of such laws shall be made by the court and not by the jury and shall be reviewable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64C86B9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="647CB672" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 26-64; 1952 Code § 26-64; 1948 (45) 1813.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F3FAD19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="79C8CDAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 19-3-150. Parties also may present evidence of other United States laws; notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="15B07DB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any party may also present to the trial court any admissible evidence of such laws but, to enable a party to offer evidence of the law in another jurisdiction or to ask that judicial notice be taken thereof, reasonable notice shall be given to the adverse parties either in the pleadings or otherwise.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1ED737AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="23766B19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 26-65; 1952 Code § 26-65; 1948 (45) 1813.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F94A139" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="17FA609D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 19-3-160. Proof of laws of other jurisdictions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="011A4A90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>The law of a jurisdiction other than those referred to in Section 19-3-120 shall be an issue for the court but shall not be subject to the foregoing provisions concerning judicial notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C7B84D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2A6CD455" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 26-66; 1952 Code § 26-66; 1948 (45) 1813.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47355F28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2CDF18EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 19-3-170. No evidence of foreign law shall be received or noticed judicially unless pleaded.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="03B1A551" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>No foreign law shall be received in evidence nor shall any court in this State take judicial notice of any foreign law unless such foreign law shall have been appropriately pleaded in the cause in the manner provided by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E6FEB70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="10AF0287" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 26-67; 1952 Code § 26-67; 1948 (45) 1813.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62F8A72E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="7B95B073" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 19-3-180. Rule of construction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="59F0F1DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>This article shall be so interpreted and construed as to effectuate its general purpose to make uniform the law of those states which enact substantially identical legislation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37197386" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="67577AA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 26-68; 1952 Code § 26-68; 1948 (45) 1813.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1017,51 +1009,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1498,66 +1490,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>