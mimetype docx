--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -1,5340 +1,5198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf98e8f8885874277" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a2b5df1926d4cb0aa41dceb238e2096.psmdcp" Id="Rf31b0ffa95924ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R954a9e5118474c2c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a628e8a93eab46aab21efc6c8e3d9593.psmdcp" Id="Rc3815eb37e0f47c6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007578CD" w:rsidRDefault="007578CD" w14:paraId="09B77ADA" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6290E90F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="66123718" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 3</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Uniform Recognition of Acknowledgments Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2FFDA30E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2A0BD182" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 26-3-10. Citation of chapter.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5D7358DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the Uniform Recognition of Acknowledgments Acts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26BAEFF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2DA792A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 49-69; 1972 (57) 2374.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="277F7443" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="669898A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 26-3-20. "Notarial acts" defined; notarial acts performed outside of State.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3A3D704D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">For the purposes of this chapter, "notarial acts" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means acts which the laws and regulations of this State authorize notaries public of this State to perform, including the administering of oaths and affirmations, taking proof of execution and acknowledgments of instruments, and attesting documents. Notarial acts may be performed outside this State for use in this State with the same effect as if performed by a notary public of this State by the following persons authorized pursuant to the laws and regulations of other governments in addition to any other p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>erson authorized by the laws and regulations of this State:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2D5C63F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>HISTORY: 1962 Code § 49-69; 1972 (57) 2374.</w:t>
-[...62 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t>For the purposes of this chapter, "notarial acts" means acts which the laws and regulations of this State authorize notaries public of this State to perform, including the administering of oaths and affirmations, taking proof of execution and acknowledgments of instruments, and attesting documents. Notarial acts may be performed outside this State for use in this State with the same effect as if performed by a notary public of this State by the following persons authorized pursuant to the laws and regulati</w:t>
-[...42 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) A notary public authorized to perform notarial acts in the place in which the act is performed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0EA16518" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A judge, clerk or deputy clerk of any court of record in the place in which the notarial act is performed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6BFC82F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) An officer of the foreign service of the United States, a consular agent or any other person authorized by regulation of the United States Department of State to perform notarial acts in the place in which the act is performed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="00907548" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(4) A commissioned officer in active service with the Armed Forces of the United States and any other person authorized by regulation of the Armed Forces to perform notarial acts if the notarial act is performed for one of the following or his dependents: a merchant seaman of the United States, a member of the Armed Forces of the United States, or any other person serving with or accompanying the Armed Forces of the United States, and, further, such commissioned officers and other authorized persons, in th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>e manner and under the conditions prescribed by this chapter, also may perform notarial acts inside this State for use in this State with the same effect as if performed by a notary public of this State;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7DA7AA5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...52 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Any other person authorized to perform notarial acts in the place in which the act is performed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="531A4D5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="151EE304" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 49-61; 1972 (57) 2374; 1985 Act No. 14, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48C4B685" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0F1637D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 26-3-30. Proof of authority.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="517F97CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) If the notarial act is performed by any of the persons described in items (1) to (4), inclusive, of § 26-3-20, other than a person authorized to perform notarial acts by the laws or regulations of a foreign country, the signature, rank or title and serial number, if any, of the person are sufficient proof of the authority of a holder of that rank or title to perform the act. Further proof of his authority is not required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="59C7D17A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) If the notarial act is performed by a person authorized by the laws or regulations of a foreign country to perform the act, there is sufficient proof of the authority of that person to act if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5904BB8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Either a foreign service officer of the United States resident in the country in which the act is performed or a diplomatic or consular officer of the foreign country resident in the United States certifies that a person holding that office is authorized to perform the act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2F5E5A26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The official seal of the person performing the notarial act is affixed to the document; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="065AB452" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The title and indication of authority to perform notarial acts of the person appear either in a digest of foreign law or in a list customarily used as a source of such information.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="466D828D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) If the notarial act is performed by a person other than one described in subsections (a) and (b), there is sufficient proof of the authority of that person to act if the clerk of a court of record in the place in which the notarial act is performed certifies to the official character of that person and to his authority to perform the notarial act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2EA62B46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(d) The signature and title of the person performing the act are prima facie evidence that he is a person with the designated title and that the signature is genuine.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D918A1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="67BAF8E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 49-62; 1972 (57) 2374.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="637EC4D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1E327F72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 26-3-40. Substance of certification.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="74C00B15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:tab/>
-[...95 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The person taking an acknowledgment shall certify that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="23FA3C76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The person acknowledging appeared before him and acknowledged he executed the instrument; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1A957908" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(2) The person acknowledging was known to the person taking the acknowledgment or that the person taking the acknowledgment had satisfactory evidence that the person acknowledging was the person described in and who executed the instrument.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54278C81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2EF82747" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 49-63; 1972 (57) 2374.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69C9355D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="655139B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 26-3-50. Form of certification.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5A9AD3CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:tab/>
-[...108 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The form of a certificate of acknowledgment used by a person whose authority is recognized under § 26-3-20 shall be accepted in this State if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="675A0156" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The certificate is in a form prescribed by the laws or regulations of this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="152770C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The certificate is in a form prescribed by the laws or regulations applicable in the place in which the acknowledgment is taken; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="49226513" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The certificate contains the words "acknowledged before me," or their substantial equivalent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DE7F5FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0638ABDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 49-64; 1972 (57) 2374.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F1312CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5EE14AEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 26-3-60. "Acknowledged before me" defined.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="0611B384" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The words "acknowledged before me" mean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3CC1382D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) That the person acknowledging appeared before the person taking the acknowledgment;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="56CB27AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(2) That he acknowledged he executed the instrument;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="2A0DF26C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) That, in the case of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1B560BC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) A natural person, he executed the instrument for the purposes therein stated;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7765C5CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(b) A corporation, the officer or agent acknowledged he held the position or title set forth in the instrument and certificate, he signed the instrument on behalf of the corporation by proper authority, and the instrument was the act of the corporation for the purpose therein stated;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="7528FF44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...52 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) A partnership, the partner or agent acknowledged he signed the instrument on behalf of the partnership by proper authority and he executed the instrument as the act of the partnership for the purposes therein stated;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="1AD757AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) A person acknowledging as principal by an attorney in fact, he executed the instrument by proper authority as the act of the principal for the purposes therein stated;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="6902F2A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) A person acknowledging as a public officer, trustee, administrator, guardian or other representative, he signed the instrument by proper authority and he executed the instrument in the capacity and for the purposes therein stated; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="73FAFDD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) That the person taking the acknowledgment either knew or had satisfactory evidence that the person acknowledging was the person named in the instrument or certificate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F6045A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="685536CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 49-65; 1972 (57) 2374.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="401DD396" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3EB5C427" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 26-3-70. Statutory Short Forms of Acknowledgment.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="085AE5DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The forms of acknowledgment set forth in this section may be used and are sufficient for their respective purposes under any law of this State. The forms shall be known as "Statutory Short Forms of Acknowledgment" and may be referred to by that name. The authorization of the forms in this section does not preclude the use of other forms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="475"/>
         <w:gridCol w:w="2796"/>
         <w:gridCol w:w="5879"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For an individual acting in his own right:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State of __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>County of __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
-[...21 lines deleted...]
-              <w:t>acknowledged before me this (date) by (name of person acknowledged).</w:t>
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The foregoing instrument was acknowledged before me this (date) by (name of person acknowledged).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Signature of Person Taking Acknowledgment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Title or Rank)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Serial Number, if any)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For a corporation:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State of __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>County of __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The foregoing instrument was acknowledged before me this (date) by (name of officer or agent, title of officer or agent) of (name of corporation acknowledging) a (state or place of incorporation) corporation, on behalf of the corporation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Signature of Person Taking Acknowledgment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Title or Rank)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Serial Number, if any)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For a partnership:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State of __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>County of __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
-[...21 lines deleted...]
-              <w:t>acknowledged before me this (date) by (name of acknowledging partner or agent), partner (or agent) on behalf of (name of partnership), a partnership.</w:t>
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The foregoing instrument was acknowledged before me this (date) by (name of acknowledging partner or agent), partner (or agent) on behalf of (name of partnership), a partnership.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Signature of Person Taking Acknowledgment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Title or Rank)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Serial Number, if any)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>For an individual acting as principal by an attorney in fact:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State of __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>County of __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The foregoing instrument was acknowledged before me this (date) by (name of attorney in fact) as attorney in fact on behalf of (name of principal).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Signature of Person Taking Acknowledgment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Title or Rank)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Serial Number, if any)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>By any public officer, trustee or personal representative:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State of __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>County of __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
-[...13 lines deleted...]
-              <w:t>The foregoing instrument was acknowledged before me this (date) by (name and title of position).</w:t>
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The foregoing instrument was </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>acknowledged before me this (date) by (name and title of position).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Signature of Person Taking Acknowledgment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Title or Rank)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
               <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007578CD" w:rsidRDefault="007578CD">
+          <w:p w:rsidR="00AD2934" w:rsidRDefault="00AD2934">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Serial Number, if any)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007578CD" w:rsidRDefault="007578CD" w14:paraId="6825C35B" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F738C99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="024682A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 49-66; 1972 (57) 2374.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47B11705" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="24CE59DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 26-3-80. Application of chapter.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="73A0E436" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A notarial act performed prior to May, 8, 1972 is not affected by this chapter. This chapter provides an additional method of proving notarial acts. Nothing in this chapter diminishes or invalidates the recognition accorded to notarial acts by other laws or regulations of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65DF23C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="3B6232DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 49-67; 1972 (57) 2374.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F2E9D54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5D63B7E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 26-3-90. Construction.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="69191590" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>This chapter shall be so interpreted as to make uniform the laws of those states which enact it.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A60BA5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00AD2934" w:rsidRDefault="00AD2934" w14:paraId="5A91952C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>HISTORY: 1962 Code § 49-67; 1972 (57) 2374.</w:t>
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 49-68; 1972 (57) 2374.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -5345,51 +5203,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -5826,66 +5684,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>