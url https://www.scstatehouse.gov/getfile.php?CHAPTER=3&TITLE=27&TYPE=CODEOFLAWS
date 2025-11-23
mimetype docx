--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1,1286 +1,1270 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R671ca31fa4424605" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1df40dbaaa16469f9d98b15fce94bf94.psmdcp" Id="R29c3de75fce24580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra5357314f5104283" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f692c834ef5542f0a75cf5ff302b7aae.psmdcp" Id="R0046e8e1808d473e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00270A17" w:rsidRDefault="00270A17" w14:paraId="122A373D" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3364D55E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6183063C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Limitation on Liability of Landowners</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="17018E51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="45E4AA1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-3-10. Declaration of purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="573288E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The purpose of this chapter is to encourage owners of land to make land and water areas available to the public for recreational purposes by limiting their liability toward persons entering thereon for such purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FC87BEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="028CD397" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 51-81; 1968 (55) 3047.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="18E6A0BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3329D6CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-3-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0C048486" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="34333B75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(a) "Aviation activities" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>means taking off, flying, or landing an airplane or aircraft. Aviation activities do not include airshows or any activity where the general public is invited.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3142159A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) "Land" means land, roads, water, watercourses, private ways and buildings, structures, and machinery or equipment when attached to the realty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="749ED4F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) "Owner" means the possessor of a fee interest, a tenant, lessee, occupant, easement holder, or person in control of the premises.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4E0CFF00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) "Recreational purpose" includes, but is not limited to, any of the following, or any combination thereof: hunting, fishing, swimming, boating, camping, picnicking, hiking, pleasure driving, nature study, water skiing, summer and winter sports, aviation activities, and viewing or enjoying historical, archaeological, scenic, or scientific sites.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0D75A2E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) "Charge" means the admission price or fee asked in return for invitation or permission to enter or go upon the land.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="005EF1DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) "Persons" means individuals regardless of age.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4DF271BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="27114EFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 51-82; 1968 (55) 3047; 2014 Act No. 255 (H.4673), § 1, eff June 6, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2B540C2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7EE377C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 255, § 1, added subsection (a), defining "aviation activities"; redesignated the subsections accordingly; in subsection (c), inserted "easement holder,"; and in subsection (d), inserted ", aviation activities,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FEF063B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="37E5E90E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-3-30. Duty of care.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3755FE90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Except as specifically recognized by or provided in § 27-3-60, an owner of land owes no duty of care to keep the premises safe for entry or use by persons who have sought and obtained his permission to use it for recreational purposes or to give any warning of a dangerous condition, use, structure, or activity on such premises to such persons entering for such purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A12746A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="723583D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 51-83; 1968 (55) 3047.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74B3B7CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="38B12CD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-3-40. Effect of permission to use property for recreational purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="21B9355E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Except as specifically recognized by or provided in § 27-3-60, an owner of land who permits without charge any person having sought such permission to use such property for recreational purposes does not thereby:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5644454A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Extend any assurance that the premises are safe for any purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1037DC46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Confer upon such person the legal status of an invitee or licensee to whom a duty of care is owed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7CC5EFBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) Assume responsibility for or incur liability for any injury to person or property caused by an act of omission of such persons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27731C37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="31FD123C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 51-84; 1968 (55) 3047.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0AFFB663" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="62586DB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-3-50. Application of SECTIONSECTION 27-3-30 and 27-3-40 to land leased to State or political subdivisions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2A15EBF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unless otherwise agreed in writing, the provisions of §§ 27-3-30 and 27-3-40 shall be deemed applicable to the duties and liability of an owner of land leased to the State or any subdivision thereof for recreational purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="286EBC9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7A96745F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 51-85; 1968 (55) 3047.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34B83CF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="68E9A7CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-3-60. Certain liability not limited.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0C5F6F22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this chapter limits in any way any liability which otherwise exists:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="76EDA1BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) For grossly negligent, willful or malicious failure to guard or warn against a dangerous condition, use, structure, or activity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="619AF42D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) For injury suffered in any case where the owner of land charges persons who enter or go on the land for the recreational use thereof, except that in the case of land leased to the State or a subdivision thereof, any consideration received by the owner for such lease shall not be deemed a charge within the meaning of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FF63525" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0CB21958" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 51-86; 1968 (55) 3047.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="593B1AE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7E4D9DA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-3-70. Construction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3FDD65A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Nothing in this chapter shall be construed to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="110E58B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) Create a duty of care or ground of liability for injury to persons or property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5F501874" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Relieve any person using the land of another for recreational purposes from any obligation which he may have in the absence of this chapter to exercise care in his use of such land and in his activities thereon, or from the legal consequences of failure to employ such care.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D5F7D94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="12311205" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 51-87; 1968 (55) 3047.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1291,51 +1275,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1772,66 +1756,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>