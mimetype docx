--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -1,546 +1,509 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reafaa0349f8a43df" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/100d17cc8ff846efae2b6db613dfc78f.psmdcp" Id="Ra5c1726e7ca444aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Red55f3e22021447a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e8c503221f74e90a306f0f896319111.psmdcp" Id="R7371ef7926844a67" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A6745F" w:rsidRDefault="00A6745F" w14:paraId="33B3675B" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="7C75432B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="193750EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Statute of Frauds</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="015E0C7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="19AB3947" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 32-3-10. Agreements required to be in writing and signed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="1E4162E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No action shall be brought whereby:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="1CB444CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) To charge any executor or administrator upon any special promise to answer damages out of his own estate;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="5EDA3332" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) To charge the defendant upon any special promise to answer for the debt, default or miscarriage of another person;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="19CC5E51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(3) To charge any person upon any agreement made upon consideration of marriage;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="2F1C163B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) To charge any person upon any contract or sale of lands, tenements or hereditaments or any interest in or concerning them; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="682D596A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) To charge any person upon any agreement that is not to be performed within the space of one year from the making thereof;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="2969850A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unless the agreement upon which such action shall be brought or some memorandum or note thereof shall be in writing and signed by the party to be charged therewith or some person thereunto by him lawfully authorized.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="557CE4F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="65D25B52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 11-101; 1952 Code § 11-101; 1942 Code § 7044; 1932 Code § 7044; Civ. C. '22 § 5516; Civ. C. '12 § 3737; Civ. C. '02 § 2652; G. S. 2019; R. S. 2151; 1712 (2) 545.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1228D58B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="5FAEBFB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 32-3-20. Action on representation as to character will lie only where representation is in writing and signed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="69B921BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No action shall be brought whereby to charge any person upon or by reason of any representation or assurance made or given concerning or relating to the character, conduct, credit, ability, trade or dealings of any person to the intent or purpose that such other person may obtain credit, money or goods thereon unless such representation or assurance be made in writing, signed by the party to be charged therewith or by some person thereunto by him legally authorized.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E65B5FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008B19E5" w:rsidRDefault="008B19E5" w14:paraId="25251476" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 11-102; 1952 Code § 11-102; 1942 Code § 7049; 1932 Code § 7049; Civ. C. '22 § 5521; Civ. C. '12 § 3742; Civ. C. '02 § 2657; G. S. 2024; R. S. 2156.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -551,51 +514,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1032,66 +995,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>