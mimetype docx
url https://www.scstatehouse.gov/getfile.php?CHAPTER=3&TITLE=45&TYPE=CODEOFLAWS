--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,525 +1,514 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b36723a32034f46" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba8aa0efb7934111acbb38cc1868cdde.psmdcp" Id="Rb45f9124685c4dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R96fe6621fa874eb2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b123e1c46744e388b52b89b74eddf6a.psmdcp" Id="Rfc05ff5aae6b4065" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B22DF0" w:rsidRDefault="00B22DF0" w14:paraId="08BB7C64" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="135C4FFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="6B9CF560" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Regulation by Municipalities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="237184F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="3A8CCB27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-3-10. General authority to enact rules and regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="5EDE3238" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All towns and cities in this State may provide by ordinance such rules and regulations regarding the conduct and operation of hotels, restaurants, cafes and lunch counters therein as to provide for the public health, comfort and convenience. When such rules and regulations have been established by a city or town such city or town may provide by ordinance for the punishment of all offenders against such rules and regulations within the limits provided by law. But if there is a board of health in such town o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>r city, its approval shall first be obtained before any such rules and regulations shall be established.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F704256" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="66DB2A12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 35-51; 1952 Code § 35-51; 1942 Code § 7234; 1932 Code § 7234; Civ. C. '22 § 4389; 1917 (30) 46.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C0518E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="45C7515C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-3-20. Inspection; penalty for obstruction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="44873A43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All such towns and cities may, by ordinance, provide for the inspection of all such places by some competent person appointed by the mayor or intendant and all persons conducting or operating such places shall at all times permit and allow inspections to be made of their premises by such inspectors. Any person who shall refuse to allow such inspection or who shall obstruct any officer whose duty it is to make such inspection shall be guilty of a misdemeanor and, upon conviction, shall be subject to such pe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nalties as such towns or cities may impose by ordinance, not exceeding a fine of one hundred dollars or imprisonment for thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E09C6A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="1F663908" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 35-52; 1952 Code § 35-52; 1942 Code § 7235; 1932 Code § 7235; Civ. C. '22 § 4390; Cr. C. '22 § 298; 1917 (30) 46.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4590F580" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="7E4E2055" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-3-30. Denial or revocation of licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="4701118B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Such towns and cities may deny or revoke any license granted to conduct any such business when, in the judgment of the mayor or intendant, such ordinances are not complied with.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4796AB59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="2952A482" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 35-53; 1952 Code § 35-53; 1942 Code § 7236; 1932 Code § 7236; Civ. C. '22 § 4391; 1917 (30) 46.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F118E2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="0A184676" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 45-3-40. Persons disobeying ordinances subject to penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="3A7C646E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>All persons shall carry out and obey all ordinances passed or enacted by any town or city under the provisions of this chapter and upon neglect or refusal to comply therewith shall be subject to the penalties herein provided.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4C707765" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00787BD6" w:rsidRDefault="00787BD6" w14:paraId="051AC5B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 35-54; 1952 Code § 35-54; 1942 Code § 7236; 1932 Code § 7236; Civ. C. '22 § 4391; 1917 (30) 46.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -530,51 +519,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1011,66 +1000,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>