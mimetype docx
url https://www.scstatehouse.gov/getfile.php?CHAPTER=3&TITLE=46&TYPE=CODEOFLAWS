--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -1,4035 +1,4143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5befd8c97c9c408a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2dba081e52204987b8a17cdb26854b59.psmdcp" Id="R586bdf91e5354704" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6f40176200d94f0e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/742f97f13ba54622a15a518794119350.psmdcp" Id="R617ab715f3874a17" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C10316" w:rsidRDefault="00C10316" w14:paraId="7484472F" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6361655E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="405CD1E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Department and Commissioner of Agriculture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="63F11640" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="54B06A50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-10. Duties of department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="4F194FEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Agriculture shall execute the laws of this State pertaining to agriculture except such laws as are specifically designated for execution by others.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2273A882" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="684B9E2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-1; 1952 Code § 3-1; 1942 Code § 3223; 1932 Code § 3223; Civ. C. '22 § 929; Civ. C. '12 § 851; 1904 (24) 449; 1909 (26) 14, 191; 1936 (39) 1615; 1941 (42) 119; 1960 (51) 1610, 1742.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78114A5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="65371FCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-20. Department shall issue food manufacturers, processors, and packers permits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="60367296" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person, not operating under inspection of a State or Federal agency, shall engage in the business of manufacturing, processing or packing food in any manner without first obtaining a food manufacturers, processors and packers permit from the South Carolina Department of Agriculture. The permit shall be issued upon application to the Department on forms furnished by the Department and upon conditions prescribed by regulations of the Department governing the manufacturing, processing or packing of food as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be necessary to protect the public health and promote public welfare by protecting the purchasing public from injury by merchandising deceit. Such permit shall be issued July 1, 1971, and renewed annually thereafter on or before the first day of January.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="497009BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Anyone violating the provisions of this section shall be deemed guilty of a misdemeanor and upon conviction be fined not more than one hundred dollars or be imprisoned for not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="183FFACD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="3AD3422B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-781; 1971 (57) 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A7014EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="78B52A79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-25. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7ED30090" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6FB50E6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Fresh and minimally processed foods program, had the following history: 2013 Act No. 40, § 2, eff June 7, 2013. Repealed by 2013 Act No. 40, § 4, eff July 1, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44C34A69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7CEB9BCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-30. Commissioner of Agriculture; qualifications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="41737E0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The chief officer of the Department of Agriculture shall be denominated the Commissioner of Agriculture. The Commissioner shall have a competent knowledge of agriculture, manufacturing and general industries, commerce, chemistry and publicity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37FBEAE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="344BAA4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-2; 1952 Code § 3-2; 1942 Code § 3224; 1932 Code § 3224; Civ. C. '22 § 930; Civ. C. '12 § 852; 1909 (26) 191; 1912 (27) 618; 1926 (34) 1055; 1936 (39) 615; 1941 (42) 119.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3201CC97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="0BEBB05C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-40. Election; term; vacancies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="3B29F025" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner shall be elected by the qualified electors in the general election now provided by law for the election of State officers of the State government, for a term of four years, the next term after the adoption of this Code beginning on the first day of January 1963. In case a vacancy should occur the Governor shall appoint a successor for the unexpired term.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C89E20E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="4DBD6923" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-3; 1952 Code § 3-3; 1942 Code § 3224; 1932 Code § 3224; Civ. C. '22 § 930; Civ. C. '12 § 852; 1909 (26) 191; 1912 (27) 618; 1926 (34) 1055; 1936 (39) 615; 1941 (42) 119.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6EDB1A96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="3FD7B306" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-50. Bond.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="605E65F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The bond of the Commissioner shall be in the sum of fifty thousand dollars, and his liability thereon shall not extend to losses incurred in bonded warehouses, except in case of tort or neglect of duty on his part.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5104D1AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="06BFB69B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-3.1; 1954 (48) 1566.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4571F3CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="10C5C4E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-60. Clerk.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="32E98B08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner may appoint a competent clerk, whose qualifications shall be in the main the same as those required of the Commissioner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76038F92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="131D3E60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-4; 1952 Code § 3-4; 1942 Code § 3224; 1932 Code § 3224; Civ. C. '22 § 930; Civ. C. '12 § 852; 1909 (26) 191; 1912 (27) 618; 1926 (34) 1055; 1936 (39) 615; 1941 (42) 119.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F51A6D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="281367EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-80. Duties of Commissioner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="760836BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="3B4C7E3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) Be charged with all work looking to the promotion of agriculture and cattle raising, including the collection and publication of information in regard to localities, character, accessibility, cost and modes of utilization of soils and, more specifically, the inducement of capital to invest in agriculture and cattle raising by the dissemination of information relative to the advantages of soil and climate and other natural resources of the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="3C41A3F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Collect from the farmers and landowners of the State and list information as to lands, stating the number of acres, the location and the terms upon which they may be bought; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="70BB5270" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Keep a land registry and in connection therewith from time to time issue a publication descriptive of such listed agricultural, forest and trucking lands as may be offered to the Department for sale or share, such publication to be in an attractive form, setting forth the county, township, number of acres, names and addresses of owners and such other information as may be helpful in placing inquiring homeseekers in communication with the landowners.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6BD79D2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>But nothing in this section shall be construed to give the Commissioner the right to do scientific, educational or extension work in agriculture.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17A71AB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7D5EB928" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-6; 1952 Code § 3-6; 1942 Code § 3227; 1932 Code § 3227; Civ. C. '22 § 933; Civ. C. '12 § 855; 1909 (26) 191 § 6; 1918 (30) 825; 1936 (39) 615; 1941 (42) 119.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="219338F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2B1D61C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-90. Sale of marl or ground limestone.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="4EFCD2AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner may make arrangements with any reliable manufacturer of crushed marl or ground limestone for the sale of such material to the citizens of this State at prices that shall be reasonable and will allow a reasonable profit on the cost of production. In the event of the failure of the Commissioner to make such arrangements, he shall, upon satisfying himself that such arrangements as are specified cannot be made, report such fact to the General Assembly next succeeding, together with definite re</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>commendations for the mining of such material by the State with convict labor and furnishing it to the farmers of the State at a price that shall be as near the actual cost of production as possible. In the event an arrangement is made, the Commissioner shall make public the nature and terms of the arrangement and shall annually report to the General Assembly the full itemized details of any and all such sales made to farmers through the Department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2476B083" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="0BD3BC81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-7; 1952 Code § 3-7; 1942 Code § 3252; 1932 Code § 3252; Civ. C. '22 § 958; 1916 (29) 669; 1936 (39) 1615; 1941 (42) 119.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50D6F26E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="079B2FF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-100. Arrangements for inoculating material.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="066A9C7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner may make arrangements with any reliable manufacturer of inoculation material for the sale of such material to the citizens of the State at prices that shall be reasonable and will allow a reasonable profit on the cost of production. Failing to make such arrangements, the Commissioner may manufacture inoculation material for leguminous crops and distribute it to citizens of the State applying for it at cost. The Commissioner may expend from any surplus or other funds collected from other so</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>urces in his hands, such amounts as may be necessary to inaugurate the work of manufacturing inoculation material and refund to those respective funds as soon as possible from the sums collected from the sale of such material such sums as may be so expended.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46EE59F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1D758F8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-9; 1952 Code § 3-9; 1942 Code § 3250; 1932 Code § 3250; Civ. C. '22 § 956; 1915 (29) 261; 1936 (39) 1615; 1941 (42) 119.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63AEFA95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="40A6B570" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-110. Disposition of moneys derived from sale of inoculating material.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="65CEA4CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In the event that the material is manufactured in the laboratories of the Department of Agriculture, the Commissioner shall receive and keep current accounts of all sums derived from the sale of the material at cost and deposit such sums in the State Treasury to the credit of the general fund of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="444565E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="777B0B58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-10; 1952 Code § 3-10; 1942 Code § 3251; 1932 Code § 3251; Civ. C. '22 § 957; 1915 (29) 261; 1936 (39) 1615; 1941 (42) 119; 1982 Act No. 330, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="188DE9B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="4B8C75DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-120. Departments and institutions shall furnish information.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="0EB0A1F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>In order to facilitate the collection and collation of information of the resources of the State on all lines, the heads of the several departments of the State government and of the State institutions shall furnish accurately such information as may be at their command to the Commissioner when called upon for it.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F5765C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1961A4B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-12; 1952 Code § 3-12; 1942 Code § 3230; 1932 Code § 3230; Civ. C. '22 § 936; Civ. C. '12 § 858; 1909 (26) 191 § 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="53A3AF21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2E74C523" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-130. Contracts for use of department personnel and facilities by other State agencies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="21D8A330" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The State Department of Agriculture is authorized to enter into contracts or agreements with any State agency whereby its personnel and facilities may be utilized by the agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7ECF81B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If any fees are charged by the agency the agency may retain the amount necessary for administration, not to exceed the sum agreed upon between the agency and the Department, and the remainder, if any, shall be transmitted to the State Treasurer and deposited to the account of the Department of Agriculture and shall be utilized by the Department for reimbursement of any expenses incurred.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A7443EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="48828E9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-12.1; 1965 (54) 241.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E91CF8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5C03F7B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-140. Annual report of department's work.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="633B17D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner shall make and submit to the Governor, on or before the tenth day of January of each year, a report covering the Department's work of the preceding year and the report shall be transmitted to the General Assembly, printed in the same manner as other public documents or as shall otherwise be ordered.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35FB5EE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="4E1F0E52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-13; 1952 Code § 3-13; 1942 Code § 3226; 1932 Code § 3226; Civ. C. '22 § 932; Civ. C. '12 § 854; 1904 (24) 449.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A3ABE94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="0FAEB663" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-145. "Beneficiary class" defined; department involvement with loan programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="337510CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) As used in this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1CB7C053" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Beneficiary class" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="4FA13C90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) farmers and farm families of low and moderate income;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7376DCAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(b) residents of the State who produce evidence satisfactory to the authority that they intend to become residents and begin farming within the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6BF53FB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) farmers who shall use the agricultural land, agricultural improvements, or depreciable agricultural property proposed to be purchased for farming within the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="148C643D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) farmers who shall apply the proceeds of each mortgage loan to the acquisition by the farmer of agricultural land or agricultural improvements thereon, or depreciable agricultural property totaling no more than six hundred twenty-five thousand dollars in fair market value;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="168BD7E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) farmers who demonstrate to the authority's satisfaction that they can repay the loan from farming operations within the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5943E434" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) farmers who are creditworthy according to standards prescribed by the authority;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="31F6BD0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(g) farmers who, inclusive of amounts estimated to be received as a result of the acquisition of the agricultural land, agricultural improvements, or depreciable agricultural property to be financed with each mortgage loan or secured loan, receive at least sixty percent of the combined gross incomes of the farmer, his spouse, and dependents from farming operations within the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1BF9F022" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) farmers who have not received previously a mortgage loan or secured loan from an entity authorized to make loans under the provisions of this section. This restriction does not apply if the amount of the loan previously received for the property plus the amount of the loan sought does not exceed six hundred twenty-five thousand dollars for agricultural land or agricultural improvements or depreciable agricultural property;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="77DC3ADA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) farmers who satisfy other criteria the department prescribes by regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7F034517" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Department of Agriculture may participate in and cooperate with the programs of the Farmers Home Administration, the Federal Land Banks or its successors, and any other agency or instrumentality of the United States and sponsor or participate in programs with other entities, including nonprofit corporations which may make loans to farmers of the beneficiary class, and participate in and cooperate with a program of another agency of the State or a political subdivision in the administration of any o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>f the programs authorized to make loans to farmers of the beneficiary class.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="106AFB2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7446E246" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 618, § 1, eff June 2, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E343B27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5E1E53D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-160. Agreements with United States Government for conduct of aquatic plant control projects.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1057CD1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner of Agriculture is authorized to enter into agreements with the United States Government for the conduct of aquatic plant control projects under the provisions of Public Laws 85-500, 87-874 and 89-298, and to give such assurances on behalf of the State as may be required under the provisions of such laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04908137" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5664B586" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-14.1; 1967 (55) 47.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="129A4AB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7958F240" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-170. Suits by and against Commissioner and venue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1747B2EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner may sue or be sued in the courts upon the same terms as any other person, the action to be against or by the Commissioner as representative of the State. Suits may be brought in Richland County or in the county in which the cause of action accrued.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="071B25F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="01D52265" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-15; 1952 Code § 3-15; 1942 Code § 6469; 1932 Code § 6469; Civ. C. '22 § 3375; 1914 (29) 18; 1921 (32) 303; 1933 (38) 95; 1945 (44) 72.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CFAACA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="0A4C71CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-175. Agribusiness license; fees; bonding requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="45BAFD9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In lieu of licenses or permits or renewals of them required by Sections 39-11-30 for public weighmasters or deputy weighmasters, 46-21-40 for seed dealers, 46-41-50 for dealers in agricultural products, any qualified person of whom such a license or permit is required may obtain an agribusiness license which qualifies him to engage in any of the businesses listed above. The agribusiness license must be issued by the Department of Agriculture upon the payment annually of a fee of seventy-six dollars and sha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ll expire on June thirtieth of each year. Posting of a bond in the sum of twenty-five thousand dollars with the Commissioner of Agriculture by the agribusiness licensee as principal by a corporate surety company authorized to do business in this State assuring the same compliance provisions as Sections 39-11-70 for weighmasters, and 46-41-60 for dealers in agricultural products shall satisfy the bonding and evidence of financial responsibility requirements of those code sections.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A59B233" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="63395DEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 141 § 1, eff June 8, 1987.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5099D90D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="207020C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-180. Revocation of registrations or licenses; generally.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7812C7A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The Commissioner may revoke for cause, either permanently or for a definite period of time, any registration or license issued by him.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6635E4BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="710DE660" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-16; 1957 (50) 56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="120581F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2CA06A5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-190. Revocation of registrations or licenses; notice and hearing required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7BD0908B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No such registration or license, however, shall be revoked until the person concerned shall have been notified and a public hearing accorded such person. At such hearing all persons concerned shall be accorded the right of counsel and the right to introduce evidence in their behalf.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2BE471EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="046415E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-17; 1957 (50) 56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24B70A43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="3EF1D78C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-200. Revocation of registrations or licenses; procedural powers of Commissioner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2ABBC7F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>At any hearing or other proceeding authorized by Section 46-3-190, the Commissioner shall have power to administer oaths; to take testimony; to issue subpoenas and compel the attendance of witnesses, which shall be served in the same manner as subpoenas issued by the court of common pleas of the State; and to order the taking of depositions in the same manner as depositions are taken in the court of common pleas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22224E89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="72E41201" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-18; 1957 (50) 56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2B42E2B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6F7D8FDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-210. Revocation of registrations or licenses; bond to stay revocation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="66F6550D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Pending final adjudication no such registration or license shall be revoked, provided the person concerned shall furnish bond satisfactory to the Commissioner in the amount of two hundred dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="72792BAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="73B21C04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-19; 1957 (50) 56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4024050E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2C3F07B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-220. Revocation of registrations or licenses; appeal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="102854AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>An order, decision, or other official act which revokes a registration or license issued by the commissioner, may be appealed by a person concerned by filing a notice of appeal with the Administrative Law Court as provided in Sections 1-23-380(B) and 1-23-600(D) and by serving the commissioner or someone of discretion at his office, within thirty days after receipt of written notice of the order, decision, or official act affecting the registration or license of the person concerned. The commissioner, with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>in thirty days after service of the notice of appeal, shall make a return to the Administrative Law Court as provided in its appellate rules.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A9142C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="65F2B2C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-20; 1957 (50) 56; 2006 Act No. 387, § 23, eff July 1, 2006.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="0574A9FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="022FF1D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2006 Act No. 387, § 53, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="149697AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"This act is intended to provide a uniform procedure for contested cases and appeals from administrative agencies and to the extent that a provision of this act conflicts with an existing statute or regulation, the provisions of this act are controlling."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5E30C2A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2006 Act No. 387, § 57, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2A73F15B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"This act takes effect on July 1, 2006, and applies to any actions pending on or after the effective date of the act. No pending or vested right, civil action, special proceeding, or appeal of a final administrative decision exists under the former law as of the effective date of this act, except for appeals of Department of Health and Environmental Control Ocean and Coastal Resource Management and Environmental Quality Control permits that are before the Administrative Law Court on the effective date of th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>is act and petitions for judicial review that are pending before the circuit court. For those actions only, the department shall hear appeals from the administrative law judges and the circuit court shall hear pending petitions for judicial review in accordance with the former law. Thereafter, any appeal of those actions shall proceed as provided in this act for review. For all other actions pending on the effective date of this act, the action proceeds as provided in this act for review."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C231DB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5A465730" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-230. Release of certain items from restraining orders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2FDE68D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If any product, merchandise or equipment regulated by the Department of Agriculture is placed under a restraining order of or by the Commissioner of Agriculture, the Commissioner may release any such item upon compliance with, and payment of, all costs or expenses incurred in any proceeding pursuant to such order.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7CEE7471" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7CCC5548" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 3-20.1; 1963 (53) 241.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4BED486B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="431F116E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-240. Enforcement of food and drug regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="26363297" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Commissioner of Agriculture and all inspectors and chemists employed under Chapter 27 of this Title shall be charged with the enforcement of such regulations relating to food and drugs, in addition to those with which they are expressly charged by law, as the Department of Health and Environmental Control may issue under the authority of law. And such inspectors shall also assist in the enforcement of all of the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57FE731E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="4A024528" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-1454; 1952 Code § 32-1454; 1942 Code §§ 5128-27, 6600; 1932 Code §§ 1452, 6600; Civ. C. '22 § 3510; Civ. C. '12 § 2433; Cr. C. '22 § 398; Cr. C. '12 § 406; 1904 (24) 531; 1907 (25) 528; 1910 (26) 613; 1913 (28) 35; 1917 (30) 51; 1924 (33) 971; 1936 (39) 1615; 1941 (42) 119.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46812035" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="58F3FCED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-260. South Carolina Renewable Energy Infrastructure Development Fund established; low interest loans and grants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5F9ADF3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is established in the state treasury a separate and distinct fund known as the "South Carolina Renewable Energy Infrastructure Development Fund". The revenues of the fund must be distributed by the South Carolina Renewable Energy Revolving Loan Program and the South Carolina Renewable Energy Grant Program. Disbursement of these funds by the loan and grant programs must be approved by the South Carolina Renewable Energy Oversight Committee. The committee shall consist of seven members, one appoint</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ed by each of the following persons: the Governor, the Commissioner of Agriculture, the Secretary of Commerce, the President of the Senate, the Speaker of the House of Representatives, the Chairman of the Senate Finance Committee, and the Chairman of the House Ways and Means Committee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5546D449" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The South Carolina Renewable Energy Revolving Loan Program shall provide low interest loans, with a rate not to exceed the Wall Street Journal prime interest rate, to an individual or organization that plans to build a qualified renewable energy production facility. A renewable energy production facility is a facility that produces energy or transportation fuels from biomass, solar, or wind resources. A loan from the program may provide up to fifty percent of the total cost of a project, but must not e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>xceed two hundred fifty thousand dollars for each project. The Department of Agriculture shall administer the South Carolina Renewable Energy Revolving Loan Program, in cooperation with the South Carolina Institute of Energy Studies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...94 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5F110247" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2) The South Carolina Renewable Energy Grant Program shall provide grants to a private and public entity located in South Carolina for the purpose of assisting the entity to be more competitive in obtaining federal and other available grants that may generate renewable energy-related research and projects to directly benefit the State. The Department of Agriculture shall administer the South Carolina Renewable Energy Grant Program, in cooperation with the South Carolina Institute of Energy Studies and the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>South Carolina Research Authority. Grants are available in the following three categories:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="77F01032" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) planning grants up to ten thousand dollars are available to a research institution or private organization to develop proposals to obtain federal grants and other funding sources for biomass, solar, and wind energy projects in South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="3090CB16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) matching grants up to two hundred thousand dollars are available for research and development projects that relate to development of South Carolina biomass, solar, and wind energy resources, provided that the grant does not exceed fifty percent of the total cost of the project; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6B8C9691" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) matching grants up to two hundred thousand dollars are available for demonstration projects that validate the effectiveness of new and future biomass, solar, geothermal, wind energy, and small hydropower technologies and products, provided that the grant does not exceed fifty percent of the total cost of the demonstration project.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7EC26F46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Department of Agriculture may prescribe forms, procedures, issue policy documents, and distribute funds as necessary to ensure the orderly and timely implementation of the provisions herein. The Department of Agriculture shall coordinate with the State Energy Office as necessary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1D529BC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Unexpended funds received by the Department of Revenue from Proviso 73.17 of the Fiscal Year 2006-2007 Appropriations Act and carried forward must be disbursed to these entities to meet the requirements of this provision: the Department of Revenue for the purpose of alternative fuel purchases incentive payments and the South Carolina Renewable Energy Infrastructure Development Fund established in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4F5BC2EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="3165D0C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2007 Act No. 116, § 68, eff June 28, 2007; 2008 Act No. 261, § 2, eff May 29, 2008; 2019 Act No. 1 (S.2), § 57, eff January 31, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2A668BE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="55AC2DB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 1, § 57, in (A), in the fourth sentence, substituted "President of the Senate" for "President Pro Tempore of the Senate", and made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48AEED3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="09C1A4A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-270. Waiver of remittance of indirect cost recoveries for the Specialty Crop Grant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="3B06F27E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Agriculture may waive the remittance of indirect cost recoveries for the Specialty Crop Grant supported by the United States Department of Agriculture through the Commodity Credit Corporation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6892A8EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6B257482" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 353, § 2, Pt 7B.1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7520265E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="7C2D5E76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 46-3-280. Agriculture programs to assist veterans; fund; regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="6ADAEDEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)(1) There is created a program within the South Carolina Department of Agriculture to integrate veterans into the field of agriculture and support veterans currently working in agriculture. The Department of Agriculture, the Department of Veterans' Affairs, the Adjutant General, Clemson University, South Carolina State University, and any other institution of higher learning that offers agricultural programs shall work in conjunction to recruit and train eligible veterans, and develop and support the pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ogram.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="726A77A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Clemson University, in conjunction with the entities listed in subsection (A)(1), may develop a program that may include, but is not limited to, using repurposed land for agricultural development, promoting high tunnel crops and production, expanding the apiary industry, developing cottage industries, exploring niche crops, raising more livestock, increasing the aquaculture industry and helping veterans promote their agricultural products through farmers markets and cooperatives.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1E7DB820" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) There is established in the state treasury a separate and distinct fund known as the "South Carolina Veterans and Warriors to Agriculture Program and Fund". The fund shall consist of gifts, grants and donations, and legislative appropriations which may be made to support the program. Expenditures from the fund shall be used exclusively to pay costs, fees, and expenses necessary to administer the program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="5DAAD8CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The Department of Agriculture shall promulgate regulations to implement the provisions of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="454FEEA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="2B72876A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2016 Act No. 208 (S.1028), § 1, eff June 3, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="38AEACE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E16E96" w:rsidRDefault="00E16E96" w14:paraId="1D6B7B37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Pursuant to the directive to the Code Commissioner in 2019 Act No. 26, § 4(C), references to the Division of Veterans' Affairs were changed to reflect the transfer of it to the Department of Veterans' Affairs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4040,51 +4148,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -4521,66 +4629,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>