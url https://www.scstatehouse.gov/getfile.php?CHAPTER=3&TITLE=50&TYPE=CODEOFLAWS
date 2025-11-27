--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -1,8577 +1,9422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65ef4055fe7f49bd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/472c6c173f534b28befd176467cded7d.psmdcp" Id="R2327575984ec4353" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6eb3ea769e024b32" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/691232d6701c4df4b97b4e5f1aff3837.psmdcp" Id="R5ae9d6d3cd7940cf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00112112" w:rsidRDefault="00112112" w14:paraId="1311EC8B" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="49608C62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="29D32EB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Department of Natural Resources</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2B896CF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2A68439C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6BA5C6EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Composition and Organization of Department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6A146135" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D5D032D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-10. Former Wildlife and Marine Resources Department transferred to Department of Natural Resources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="645C7CCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The head and governing board of the former South Carolina Wildlife and Marine Resources Department as it was constituted before the effective date of this section shall become the board of the Department of Natural Resources until the terms of its current members expire and until their successors are appointed and qualify pursuant to the provisions of Chapter 4 of Title 48.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FFFC39F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="567B2A0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-93; 1952 (47) 1692, 2890; 1972 (57) 2431, 2749; 1980 Act No. 369, § 1; 1991 Act No. 248, § 6; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09C7E0B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4227E9B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-80. Investigations; reports and recommendations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="58854946" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department shall continuously investigate the game and fish conditions of the State and the laws relating thereto. It shall annually make report of its activities to the General Assembly and recommend legislation and other action by the General Assembly in its judgment conducive to the conservation of wildlife.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B3E4989" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F233304" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-105; 1952 Code § 28-105; 1942 Code § 1755; 1935 (39) 478; 1952 (47) 2890; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C65F916" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="49D38EF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-90. Conducting game and fish cultural operations and investigations; sampling fish populations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="467BED26" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The authorized agents of the department may conduct game and fish cultural operations and scientific investigations in such manner, places, and at such times as are considered necessary and may use whatever methods are deemed advisable for sampling fish populations. No such operations and investigations shall be made upon private lands and waters except at the request of the owner or owners of such lands and waters.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11889D3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="75F30034" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-106; 1954 (48) 1765; 1993 Act No. 181; 2022 Act No. 230 (H.3055), § 2.D, eff June 17, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="08D5FEBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="03CD9C13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 230, § 2.D, in the second sentence, deleted "Such operations and investigations shall be conducted only at the request of and with the permission from the board, and" from the beginning, and made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73F0D63B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1F89857C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-100. Acquisition, sale or other disposition of real property for game reserves, fish ponds, or other related purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="536814B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department may acquire, own, sell, lease, exchange, transfer or rent real property, alone or in cooperation with agencies of the federal government, for the purpose of providing game reserves, fish ponds, game farms, fish hatcheries, public hunting and fishing grounds and for other purposes necessary and proper for the protection, managing or propagating of fish and game and furnishing the people of the State with hunting areas and fishing facilities. Only funds or revenues of the department not essent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ial to its normal operation may be used for such purposes. Funds made available by appropriation, allotment or donation to the Department for such purposes by the federal government and its agencies or by other governmental or private agencies may be used to carry out the provisions of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01F3C2E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="78B130AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-107; 1957 (50) 51; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D7E7704" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4617DC56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-110. Supervision of enforcement officers; enforcement of laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="05587779" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department shall have charge of the enforcement officers of the Natural Resources Law Enforcement Division of the department and exercise supervision over the enforcement of the laws of the State, regulatory, tax, license or otherwise, in reference to birds, nonmigratory fish, game fish, shellfish, shrimp, oysters, and fisheries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="72444924" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="027A7193" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-108; 1952 Code § 28-112; 1942 Code § 1751; 1932 Code § 3285; Cr. C. '22 § 764; Cr. C. '12 § 747; 1910 (26) 575; 1919 (31) 101; 1920 (31) 809; 1930 (36) 1219; 1952 (47) 2890; 1993 Act No. 181, § 1258; 1998 Act No. 339, § 1; 2022 Act No. 230 (H.3055), § 2.E, eff June 17, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5E60F9DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2D5A3A65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 230, § 2.E, substituted "Natural Resources Law Enforcement Division" for "Natural Resources Enforcement Division" and deleted "oyster leases," following "oysters,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3AE4D8AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="23D68817" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-120. Wildlife law-enforcement personnel designated as enforcement officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="235778B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding any other provision of law, all law-enforcement personnel of the department are hereby designated enforcement officers with all the power and authority now possessed by game wardens, conservation officers, and inspectors as provided for in Chapters 1 through 19 of this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0FE06725" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6DD1F97D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-109; 1967 (55) 719; 1972 (57) 2431; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74575B99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2FE58559" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-130. Uniforms and emblems of enforcement officers of Natural Resources Law Enforcement Division.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0E2C5527" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The department shall prescribe a unique and distinctive official uniform, with appropriate insignia to be worn by all uniformed enforcement officers of the Natural Resources Law Enforcement Division of the department when on duty and at such other times as the board shall order, and a distinctive color or colors and appropriate emblems for all motor vehicles used by such officers. No other law enforcement agency, private security agency, or any person shall wear a similar uniform and insignia which may be </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>confused with the uniform and insignia of the enforcement officers nor shall any emblem be used on a motor vehicle nor shall it be painted in a color or in any manner which would cause the vehicle to be similar to an enforcement officer's vehicle or readily confused therewith.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E5874CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F8E777E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 456 Art. 2 § 1; 1993 Act No. 181, § 1258; 2022 Act No. 230 (H.3055), § 2.F, eff June 17, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="585EDBB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="420D6489" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 230, § 2.F, in the first sentence, substituted "The department" for "The board" and "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Natural Resources Law Enforcement Division" for "Natural Resources Enforcement Division", and made a nonsubstantive change in the second sentence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35D63A0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="087414C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-140. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C4D430C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="574743CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Publication of description of uniforms and emblems, had the following history: 1978 Act No. 456 Art. 2, § 2; 1993 Act No. 181, § 1258. Repealed by 2023 Act No. 37, § 1, eff May 16, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="472AA0F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F3957B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-150. Use of present uniforms and motor vehicles.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="350533BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>In order to carry out the provisions of Sections 50-3-120 to 50-3-160 in an orderly and economical manner it is intended that all serviceable uniforms be continued in use until such time as the board deems it necessary for them to be replaced. These provisions shall also apply to the emblems for motor vehicles.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F58043F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3C2C1183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 456, Art. 2, § 3; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="59704FDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="218B91CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-160. Injunctions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="25543E9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any violation of Sections 50-3-130 to 50-3-160 may be enjoined by the court of common pleas upon petition of the department after due notice to the person violating the provisions of Sections 50-3-130 to 50-3-160 and after a hearing on the petition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43E74D45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0AE933DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 456, Art. 2, § 4; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3015E297" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D5CE527" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-170. Quarterly reports on county fish and game funds and watercraft funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="731A244E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board shall file a quarterly report to each member of the General Assembly explaining the status of each county fish and game fund and watercraft fund, to include total funds for each county and an itemized list of expenditures for the past quarter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DB0335E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7C84F3BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1981 Act No. 94, § 16A; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CDB2F8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7611FDBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-180. Mitigation Trust Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="02BE4ACB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Mitigation Trust Fund of South Carolina is credited for the purposes of receiving gifts, grants, contributions, and other proceeds for mitigation projects in the State. The Board of Trustees for the Mitigation Trust Fund is the chairman and the members of the South Carolina Department of Natural Resources Board with full authority over the administration of the funds deposited in the fund. The State Treasurer is the custodian of the fund and shall invest its assets in an interest-bearing account pu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rsuant to South Carolina law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...56 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1D8DBF62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(B) The Mitigation Trust Fund may receive appropriations of state general funds, federal funds, donations, gifts, bond issue receipts, securities, and other monetary instruments of value. Reimbursement for monies expended from this fund must be deposited in this fund. Funds received through sale, exchange, or otherwise, of products of the property including, but not limited to, timber and utility easement rights, accrue to the Mitigation Trust Fund. Funds recovered for losses or damages to natural resources</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be deposited to the Mitigation Trust Fund to be used first for restoration in the areas affected and then as provided in subsection (C) of this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1CBD43C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The income received and accruing from the fund must be spent only for the acquisition, restoration, enhancement, or management of property for mitigation for adverse impacts to natural resources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="085A7E41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The proceeds from this fund may be carried forward from year to year and do not revert to the general fund of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04F136CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="09E7CFE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 458, Part II, § 66A; 1998 Act No. 419, Part II, § 43A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="132C1087" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="565D845B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-190. Statewide Waterfowl Program Manager; duties; requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="26D82015" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Chief of Wildlife shall establish a Statewide Waterfowl Program Manager within the Wildlife and Freshwater Fisheries Division. The Waterfowl Program Manager shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="33231EB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) manage all aspects of the waterfowl and wetland management program where management is directed toward the requirements of native and migratory waterfowl and their allies;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4142E713" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) manage the conservation and management of waterfowl habitat that is titled or licensed to the department and ensure the successful utilization of this acreage for the benefit of waterfowl, waterfowl hunters, and other waterfowl enthusiasts;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="11F99D9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) supervise all waterfowl management activities conducted by staff and contractors for such areas;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="17E11C2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(4) coordinate with regional personnel on waterfowl management activities on regional wildlife management areas; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="633B90A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) undertake all other duties as necessary to successfully conserve and manage waterfowl habitat.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1DF313B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Waterfowl Program Manager must have:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2E8C0E90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a four-year bachelor's degree from an accredited postsecondary institution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="57EEE9E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) at least seven years of experience in waterfowl and wetlands management;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="619FD177" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a high level of knowledge of waterfowl and wetland management techniques in the Southeast or Atlantic Flyway;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="17D2D4C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) specialized knowledge and experience in coastal ecology, impoundment management, and the ecological principles of water control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4B5A322F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) experience in waterfowl resource and habitat data collection and assessment;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1D6E267D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) a fundamental understanding of federal and state waterfowl hunting rules and regulations; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2E2FA0AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) the ability to work with the general population and provide clear, concise, and technically accurate presentations and written reports to division leaders, agency executive level staff, the Department of Natural Resources Board, and members of the General Assembly when required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="00A3FA7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The department may contract with a qualified individual or entity to assist the Waterfowl Program Manager in providing the services and fulfilling the responsibilities required by the provisions of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="31133566" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="27FE0265" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 147 (H.4177), § 1, eff July 1, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EADF755" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="332B9CF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-195. Waterfowl Advisory Committee established; membership.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F281525" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Waterfowl Advisory Committee is established to assist in the management of waterfowl habitats, assist in the development, protection, and propagation of waterfowl in this State, assist in prioritizing the expenditures of monies to accomplish this purpose, and review the activities of the Waterfowl Program Manager of the department. The committee consists of the following members who serve for a four-year term with a limit of two consecutive terms:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="41AC40C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) one member of the Board of the Department of Natural Resources appointed by the Chairman of the Board of the Department of Natural Resources, serving ex officio and without voting privileges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="45660810" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) one at-large member appointed by the Governor;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="43207A33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) one member appointed by the Chairman of the Senate Finance Committee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="68E8B700" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) one member appointed by the Chairman of the House Ways and Means Committee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3D1688CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) one member appointed by the Chairman of the Senate Fish, Game and Forestry Committee; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5B452F0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) one member appointed by the Chairman of the House Agriculture, Natural Resources and Environmental Affairs Committee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="13A1AEB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(B) The members of the committee shall receive no salary but must be allowed the usual mileage, subsistence, and per diem as authorized by law for commissions, committees, and boards paid from the revenues generated by the sale of stamps, licenses, prints, and related articles.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="337B65E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Vacancies must be filled for the remainder of the unexpired term in the manner of the original appointment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="41948132" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The committee shall make a report of its findings, activities, and long-term plans to the General Assembly by December thirty-first of each year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01F64037" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="04DFD2B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 147 (H.4177), § 2.A, eff July 1, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4A79D61A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5FFED5E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 147, § 2.B, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7B5FB768" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"[SECTION 2.]B. In order to stagger the terms of the members of the Waterfowl Advisory Committee, the initial terms of the members appointed by the Chairmen of the Senate Fish, Game and Forestry Committee and the House Agriculture, Natural Resources and Environmental Affairs Committee are for two years. The initial terms of these members must not be counted for purposes of the two-term limit in Section 50-3-195(A)."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39D840E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0BEE4233" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="590E2565" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enforcement Officers Natural Resources Enforcement Division</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="24648466" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="03DE015D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-310. Appointment of enforcement officers; commissions; removal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6F176F1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The director shall appoint the enforcement officers of the Natural Resources Enforcement Division, subject to their receiving a commission from the Governor. An enforcement officer shall be issued a commission by the Governor upon the recommendation of the director. An enforcement officer may be removed by the director at his discretion.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6083F847" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4D4840A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-121; 1952 Code § 28-121; 1942 Code § 1752; 1932 Code § 3286; Cr. C. '22 § 765; Cr. C. '12 § 748; 1907 (25) 662; 1920 (31) 809; 1922 (32) 763; 1928 (35) 1195; 1930 (36) 1219; 1934 (38) 1210; 1935 (39) 378; 1939 (41) 170; 1944 (43) 2316; 1947 (45) 320; 1952 (47) 2890; 1972 (57) 2431; 1987 Act No. 103 § 1; 1993 Act No. 181, § 1258; 1998 Act No. 339, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="554959E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="55AEF5D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-315. Deputy enforcement officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3152C399" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) The director may appoint deputy enforcement officers who serve at the pleasure of the director without pay. The officers have statewide police power. However, the director may restrict their territorial jurisdiction. No person may be appointed as an officer who holds another public office. The Secretary of State shall transmit to the director the commissions of all officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2D57A365" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(B) Except for specially designated department employees, deputy enforcement officers are volunteers covered by Chapter 25, Title 8 and not employees entitled to coverage or benefits in Title 42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6CC66579" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Except for specially designated department employees, deputy enforcement officers shall furnish their own equipment but may not equip privately owned vehicles with blue lights, sirens, or police-type markings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="49F585C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Deputy enforcement officers must be of good character.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6DA714C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The department shall administer the deputy enforcement officers through its Natural Resources Enforcement Division.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="353AE773" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The number of deputy enforcement officers appointed is in the discretion of the director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3BE89AD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) All deputy enforcement officers:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6494CF13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) must be certified by the South Carolina Criminal Justice Academy or successfully shall complete the "Basic State Constables Course" at their own expense at one of the state technical schools;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="38541AB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) successfully shall complete required refresher training;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0BC57994" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) promptly shall comply with all directives by the Deputy Director of the Natural Resources Enforcement Division and the supervisor of enforcement officers within whose area the officer is acting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3CAA9FED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="56032B79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1980 Act No. 348; 1989 Act No. 189, Part II, § 27; 1992 Act No. 472, § 1; 1993 Act No. 181, § 1258; 1996 Act No. 388, § 1; 2016 Act No. 216 (S.1205), § 1, eff June 3, 2016; 2022 Act No. 230 (H.3055), § 2.G, eff June 17, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="318B42FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="59C8C4D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2016 Act No. 216, § 1, in (A), deleted the former last sentence, relating to the bonds required by Section 50-3-330.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7C14FA18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 230, § 2.G, in (B), substituted "Chapter 25, Title 8" for "Chapter 25 of Title 8"; and deleted (H), which related to the department by regulation establishing a training program for deputy enforcement officers commissioned after July 1, 1980.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30F3BBE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F566F77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-316. Criteria for hiring enforcement officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6B0A16EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>In employing enforcement officers, the department shall use the criteria as required by the Office of Human Resources and the department. The criteria must include, but are not limited to, a written examination, physical examination, and interview. Each applicant is required to perform at minimal levels as required by the Office of Human Resources and the department. The department shall employ the most qualified applicants. An enforcement officer must reside within the county in which he is assigned, prov</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ided that the director, in his discretion, may allow an officer to reside outside the county under special hardship circumstances.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D2C6860" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="452E5B3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1986 Act No. 502, Part II, § 8; 1993 Act No. 181, § 1258; 1996 Act No. 458, Part II, § 45A; 2006 Act No. 311, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A9E496F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="333F21AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-320. Transmittal and delivery of commissions of enforcement officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1517E875" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Secretary of State shall transmit to the department the commissions of all enforcement officers and the director shall deliver such commissions to the enforcement officers only after the enforcement officers have filed oaths as required by Section 50-3-330.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="21BA2B27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7953A870" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-132; 1952 Code § 28-132; 1942 Code § 1754; 1932 Code § 3291; 1928 (35) 1267; 1952 (47) 2179; 1993 Act No. 181, § 1258; 2022 Act No. 230 (H.3055), § 2.H, eff June 17, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4E75B6AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0AAA0D76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 230, § 2.H, substituted "the department" for "the board" and deleted "and bonds" following "filed oaths".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="165CA1F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="529D39F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-330. Oath; bond.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0A938C38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Every enforcement officer appointed to protect the property of the State shall, before entering upon the duties of his office, take and subscribe before a notary public, or other officer authorized to administer an oath, an oath to perform the duties of his office. Every officer shall be covered by a surety bond with the department of not less than two thousand dollars, subscribed by a licensed, reliable surety company, conditioned for the faithful performance of his duties. The bond may be individual, sch</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>edule, or blanket, and on a form approved by the Attorney General. The premiums on the bonds must be paid by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="72BD8836" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D85FCFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-133; 1952 Code § 28-133; 1942 Code § 1754; 1932 Code § 3291; 1928 (35) 1267; 1952 (47) 2179; 1993 Act No. 181, § 1258; 2016 Act No. 216 (S.1205), § 2, eff June 3, 2016.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62FD301D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A35FA7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2016 Act No. 216, § 2, rewrote the section, providing that the officers shall be covered by a surety bond of not less than two thousand dollars and that the department of natural resources must pay the premiums on the surety bonds.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C499FF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3015B304" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-340. Statewide authority of enforcement officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="04E6BA00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The enforcement officers, when acting in their official capacity, shall have statewide authority for the enforcement of all laws relating to wildlife, marine, and natural resources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="03395F86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="19EF2B24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-134; 1952 (47) 2179; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="552A7E30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="25423B71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-350. Official badge.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="121003C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>The enforcement officers, when acting in their official capacity, shall wear a metallic shield with the words "South Carolina Department of Natural Resources Law Enforcement Officer" inscribed thereon.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2CF23709" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4B8E6C70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-135; 1952 Code § 28-135; 1942 Code § 1754; 1932 Code § 3291; 1928 (35) 1267; 1952 (47) 2179; 1993 Act No. 181, § 1258; 2022 Act No. 230 (H.3055), § 2.I, eff June 17, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="79F3E440" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2FCF5F0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 230, § 2.I, substituted "'South Carolina Department of Natural Resources Law Enforcement Officer'" for "'Enforcement Officer of the Natural Resources Enforcement Division'".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CECF0BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="072084DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-360. Repealed by 2008 Act No. 286, SECTION 11, eff June 11, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D16983B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7B9F8DCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="48D1DE76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Former § 50-3-360 was entitled "Additional deputy enforcement officers for Game Zone No. 2" and was derived from 1962 Code § 28-136; 1952 Code § 28-136; 1942 Code § 1790-3; 1940 (41) 1728; 1952 (47) 2179; 1993 Act No. 181, § 1258.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AE3475A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0198A77E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-370. Obtaining information on violations; checking bag limits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="51B57768" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>All enforcement officers shall obtain information as to all violations of the bird, nonmigratory fish, and game laws, and check all bag limits, size and specie of such birds, nonmigratory fish and game.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B48BBBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="58B3777A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-137; 1952 (47) 2179; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="431D813F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5FB39CAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-380. Search for and seizure of game and fish possessed unlawfully.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="50E7B759" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">A duly commissioned enforcement officer, upon making an affidavit before a magistrate or in any court of the State that there exist reasonable grounds to believe that birds, fish or game are in the possession of any person or any common carrier in violation of the law, may procure a search warrant and open and enter and examine all cars, warehouses and receptacles of common carriers in the State where he has reason to believe any game or fish taken or held in violation of law is and, when any such game or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fish are found, may seize them.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F7C49F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="71A3AC8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-138; 1952 (47) 2179; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7DA0538F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5A984713" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-390. Duty to enforce laws and prosecute.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2EE96AF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>The enforcement officers shall see that the bird, nonmigratory fish and game laws are enforced and prosecute all persons having in their possession any birds, nonmigratory fish or game contrary to the bird, fish and game laws of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2038D885" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7A6E0304" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-139; 1952 Code § 28-139; 1942 Code § 1753; 1932 Code § 3290; Cr. C. '22 § 766; Cr. C. '12 § 749; 1907 (25) 662; 1952 (47) 2179; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64DF57FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="689EBC86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-395. Enforcement officers may issue warning tickets.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="65BC7189" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Enforcement officers may issue warning tickets to violators in cases of misdemeanor violations under this title. The department shall provide for the form, administration, and use of warning tickets authorized by this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="56685682" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="362FF0E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1985 Act No. 17, § 1; 1993 Act No. 181, § 1258; 2022 Act No. 230 (H.3055), § 2.J, eff June 17, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2DC1B3D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="50D906D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 230, § 2.J, in the second sentence, deleted "by regulation" following "The department shall".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="540CAC39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="57C30DB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-396. Use of enforcement officers' official summons for littering violations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="431CF5CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The official summons used by enforcement officers may be used to cite violators of the provisions of Section 16-11-700 relating to littering.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4FF919C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3B8F31B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 450; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="53359CD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2ADB8657" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-400. Enforcement officers granted powers and authorities of constables and authority of inspectors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="10FD3BBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The enforcement officer qualified under Sections 50-3-320 and 50-3-330 shall possess and exercise all of the power and authorities held and exercised by the constable at common law and under the statutes of this State. He shall also have the authority of inspector as provided for in Chapter 5 of this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="678E2731" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="37D7BCBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-140; 1952 Code § 28-140; 1942 Code § 1754; 1932 Code § 3291; 1928 (35) 1267; 1952 (47) 2179; 1967 (55) 645; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4FCB9916" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3DA4F28C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-410. Summons; posting of monetary bond in lieu of personal appearance or incarceration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62957F4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(A) Department of Natural Resources enforcement and deputy enforcement officers and officers authorized to enforce state law under the Catawba Indian Claims Settlement Act may use the official department summons for arrests for violations of laws and regulations of the Department of Natural Resources, and all other misdemeanors within the jurisdiction of the magistrates, municipal, or family court. Service of the summons vests the respective courts with jurisdiction and any person apprehended and served mus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t appear at the time and place designated.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1BF44C55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In the discretion of the apprehending officer, the person apprehended may be allowed to post a monetary amount as a bond in lieu of a personal appearance or incarceration. The amount may not be less than the minimum fine nor more than the maximum fine, plus court costs. The summons serves as a receipt for the sum posted with the officer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="318241F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="370373D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-140.1; 1964 (53) 2201; 1981 Act No. 166, § 1; 1988 Act No. 461, § 1; 1993 Act No. 181, § 1258; 1996 Act No. 374, § 1; 2000 Act No. 275, § 1; 2004 Act No. 246, § 4; 2008 Act No. 213, § 1, eff May 13, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1107523C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0B5BB857" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2008 amendment rewrote this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="329CEAC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="12F78297" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-420. Immunity from prosecution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7DDD4F1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Neither any officer of the Lake Wylie Marine Commission nor any enforcement officer or deputy enforcement officer of the Department of Natural Resources is subject to criminal prosecution when acting in his official capacity within his territorial jurisdiction for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="65E2C2BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) failing to comply with statutes or regulations governing the operations of motor vehicles, watercraft, or aircraft;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7576C9FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) entering into private property, whether or not posted against trespassing;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1AD3CEB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) failure to comply with wildlife conservation and boating laws of this State as a necessary part of the investigation or enforcement effort in enforcing those laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="74B4D255" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this section do not relieve the officers from the duty to exercise due regard for the safety of the public or protect them from the consequences of reckless, wilful, or wanton disregard for the safety of others nor liability for criminal prosecutions except as stated in items (1), (2), and (3).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4AE2F2EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2B9FDC34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1987 Act No. 176, § 11A; 1993 Act No. 181, § 1258; 2000 Act No. 275, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="217AE4BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="32116988" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="68B02759" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cutting of Timber on Lands Held by Department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4E75FED7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5B8AB1B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-510. Authorization to contract; required findings; approval by State Forester.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1E2CCBD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The department may, subject to the provisions of this article, contract for the harvest of timber on any lands held by the department. No contract for such cutting and sale may be entered into and no timber may be cut or sold unless the board votes that the cutting and sale of the timber is for the best interests of the department and the improvement of its lands, by reason of thinning the timber, harvesting the over-age trees and improving general forestry conditions. Before selling or cutting the timber t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>he department shall coordinate with the State Forester to have the timber cruised and an estimate of the value made. If the State Forester finds that the sale is not in keeping with good forestry practices or will adversely affect the remainder of the timber, the sale must not be made.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F2B4DBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6B6EF5D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-145; 1955 (49) 623; 1972 (57) 2431; 1993 Act No. 181, § 1258; 2010 Act No. 186, § 1, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3348E98D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="14E03415" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2010 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="554DB2E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="595553B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-515. Exception for lands which were used for agriculture or managed forestland before acquisition by department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="35EC6A58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding any other provision of law, lands which were used for agriculture or managed forestland before acquisition by the department must be managed and the timber harvested to provide optimum fish and wildlife habitat. The department must use Best Management Practices as prescribed by the South Carolina Forestry Commission, or its successor, in managing and harvesting timber. If the department uses Best Management Practices when managing or harvesting timber, there is no adverse effect on historic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>al properties or archeological sites.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F7CAE5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3E1EA4B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 186, § 1, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1425A598" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="31A07BD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-520. Advertising for bids; rejection of bids; terms of sale.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="76118699" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the sale is recommended by the State Forester, the department shall publicly advertise for bids for the timber at least three weeks before the closing of the bidding. The department has the right to reject any and all bids, either on account of the amounts of the bids or the lack of experience and responsibility of the bidder. A sale agreed upon must be for cash.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E263085" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="512986D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-146; 1955 (49) 623; 1993 Act No. 181, § 1258; 2010 Act No. 186, § 1, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4F075FE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="052911ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2010 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7099F9F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="38697788" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-525. Ecological or silviculture emergencies or natural disasters.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5BBEB669" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>If an ecological or silviculture emergency or a natural disaster occurs that necessitates the immediate harvest of timber, upon the approval of the State Forester, the department immediately may negotiate contracts for the harvest and sale of the timber. Ecological or silviculture emergencies include, but are not limited to, insect, fungal, disease infestations, or fires.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E865449" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="19028C91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 186, § 1, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="42C05260" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="23EE76B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-530. Execution of deeds and contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="60D23091" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Any deeds or contracts required in carrying out the provisions of this article may be executed and delivered on behalf of the department by the director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46B194CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3E9B9B85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-147; 1955 (49) 623; 1993 Act No. 181, § 1258; 2010 Act No. 186, § 1, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4C282227" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0363CD1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2010 amendment deleted "by resolution of the board," after "this article may" and substituted "on behalf of the department" for "on its behalf by its chairman and".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="241C6750" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="292EC1FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-540. Omitted by 2010 Act No. 186, SECTION 1, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="56FAEB9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="307812DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="68420A3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Former § 50-3-540 was entitled "State Forester to mark trees to be cut" and was derived from 1962 Code § 28-148; 1955 (49) 623; 1993 Act No. 181, § 1258.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BE30515" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1ACED4B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-550. Disposition of proceeds of sale.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5E108E62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unless otherwise provided, the proceeds of the sale must be deposited with the State Treasurer to the credit of the Fish and Wildlife Protection Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7564AE12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F465987" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-149; 1955 (49) 623; 1981 Act No. 148, § 11; 1984 Act No. 512, Part II, § 18; 1993 Act No. 181, § 1258; 2010 Act No. 186, § 1, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="22527221" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F6452D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2009 Act No. 79, § 2.B provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3B0878CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"The name of the 'Game Protection Fund' as contained in Title 50 is hereby changed to the 'Fish and Wildlife Protection Fund'. Wherever the term 'Game Protection Fund' appears in the 1976 Code, it shall mean the 'Fish and Wildlife Protection Fund' and the Code Commissioner is directed to change this reference at a time and in a manner that is timely and cost effective."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="06E995F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="70C91A5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2010 amendment inserted "Unless otherwise provided," at the beginning and "State" before "Treasurer".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="601FF4F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1F3AFD01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3B6D02F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Wildlife Endowment Fund</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1EA2FAD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4F63DA9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-710. Wildlife Endowment Fund; purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="484220E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created the South Carolina Wildlife Endowment Fund, the income and principal of which must be used only for the purpose of supporting wildlife conservation programs of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76EE8765" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2701358A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 101, § 1; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02244A5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="203DBE94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-720. Board of Trustees of Wildlife Endowment Fund; State Treasurer as custodian of fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="06BD1812" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created the Board of Trustees of the Wildlife Endowment Fund of the Department of Natural Resources, with full authority over the administration of the fund, whose chairman and members are the chairman and members of the board of the Department of Natural Resources. The State Treasurer is the custodian of the fund and shall invest its assets in accordance with the provisions of Title 11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4480A9C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="468BA108" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 101, § 1; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37B49052" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="22A8AA58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-730. Source of assets for fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7E6D4B7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The assets of the fund are derived from:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="739655D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) the proceeds of any gifts, grants, and contributions to the State which are designated specifically for inclusion;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="25DD01ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the proceeds from the sale of all lifetime privileges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5DAA89B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(3) any amount in excess of the statutory fee for a particular lifetime license which qualifies as a tax-exempt donation to the State; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2950D44E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) other sources specified by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46E9F31D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="725008BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 101, § 1; 1993 Act No. 181, § 1258; 2000 Act No. 370, § 1; 2008 Act No. 268, § 1, eff June 4, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3FF0BF09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="47A7409E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2008 amendment, in item (2), substituted "privileges" for "combination licenses"; deleted item (3) relating to proceeds from the sale of lifetime hunting and fishing licenses; and redesignated items (4) and (5) as items (3) and (4).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D0ECEB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7ACFE88A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-740. Limitations and restrictions on expenditures from fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5EAF725B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The fund constitutes a special trust derived from a contractual relationship between the State and the members of the public whose investments contribute to the fund. In recognition of the special trust, the following limitations and restrictions are placed on expenditures from the fund:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="756F1FAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Any limitations or restrictions specified by the donors on the uses of the income derived from the gifts, grants, and voluntary contributions are respected but are not binding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3EFCC480" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) No expenditure or disbursement may be made from the principal of the fund except as otherwise provided by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="327D76BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The income received and accruing from the investments of the fund must be spent only in furthering the conservation of wildlife resources and the efficient operation of the department in accomplishing the purposes of the department as set forth in this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0BBA4ACA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3908EF67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 101, § 1; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="785AAE04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4C8F46EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-750. Authority of board to accumulate income and direct expenditures from income.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6D45D7D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board may accumulate the investment income of the fund and may direct expenditures from the income of the fund for the purposes set out in Section 50-3-740(3).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BF89C7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="746E8460" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 101, § 1; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A35B990" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="308D9611" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-760. Expenditures to be in accordance with general appropriation act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="28D30410" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Expenditure of the income derived from the fund must be made through the board in accordance with the provisions of the general appropriation act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2ABF195A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1939E0B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 101, § 1; 1993 Act No. 181, § 1258; 2005 Act No. 164, § 26.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A81356C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0DEFB630" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-770. Fund as supplement to state appropriations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42E56928" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The fund and income do not take the place of state appropriations or department receipts placed in the fund, but any portion of the income of the fund available for the purpose set out in Section 50-3-740(3) must be used to supplement other income of and appropriations to the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28C576E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5BEE42E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 101, § 1; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B0ED3F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="79E31B34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-780. Fund not affected by dissolution or substitution of trustee agency or by amendment or repeal of statutes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1618CB02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If the board of the Department of Natural Resources is dissolved, the succeeding agency shall assume the trusteeship of the fund and is bound by all the limitations and restrictions placed by this article on expenditures from the fund. No repeal or modification of this article or title alters the fundamental purposes to which the fund is applied. No future dissolution of the board of the Department of Natural Resources or substitute agency invalidates any lifetime license issued in accordance with Chapter </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9 of this title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="186CAAF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D51CD1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1989 Act No. 101, § 1; 1993 Act No. 181, § 1258.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="17B7FBCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>§§ 50-3-790, 50-3-800. Repealed by 2010 Act No. 233, § 13, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="61722F63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A8517E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Former § 50-3-790 was entitled "Increase in existing lifetime license fees when annual fees increase" and was derived from 1989 Act No. 101, § 1; 1993 Act No. 181, § 1258; 2000 Act No. 370, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="06CEB561" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Former § 50-3-800 was entitled "Lifetime licenses not affected by transfer of residency of licensees" and was derived from 1989 Act No. 101, § 1; 1993 Act No. 181, § 1258.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="08F6DC05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="26A8FF93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4513F7E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jocassee Gorges Trust Fund</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0BD4358A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="23621F25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-900. Creation of Jocassee Gorges Trust Fund; purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1553E143" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is created the South Carolina Jocassee Gorges Trust Fund, the income and principal of which must be used only for the purposes of supporting the operation and maintenance and the acquisition of additional real property complementary to those tracts of real property owned by the South Carolina Department of Natural Resources in Oconee and Pickens Counties, South Carolina, in the vicinity of Lake Jocassee which are known collectively as the Jocassee Gorges. All gifts, grants, and contributions for this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>purpose must be accounted for separately from other assets of the fund.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="046AAE14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="660C7D66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 419, Part II, § 66.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79C2B3D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6367C4FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-910. Board of Trustees; duties; members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5A168601" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created the Board of Trustees of the Jocassee Gorges Trust Fund of the Department of Natural Resources, with full authority over the administration of the fund, whose chairman and members are the chairman and members of the board of the Department of Natural Resources. The State Treasurer is the custodian of the fund and shall invest its assets in accordance with the provisions of Title 11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6448F6DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="39A63E68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 419, Part II, § 66.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E90AB1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6C9003C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-920. Sources of fund assets.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1E4BD3DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The assets of the fund are derived from:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="66E3571E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the proceeds of any gifts, grants, and contributions to the State which are designated specifically for inclusion;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0F7A2577" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) other lawful sources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="333719F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="12428003" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 419, Part II, § 66.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DD31258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="31D898CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-930. Expenditures; limitations and restrictions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7418C3E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The fund constitutes a special trust derived from a contractual relationship between the State and the members of the public whose investments contribute to the fund. In recognition of the special trust, the following limitations and restrictions are placed on expenditures from the fund:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4742C864" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Any limitations or restrictions specified by the donors on the uses of the income derived from the gifts, grants, and voluntary contributions are respected but are not binding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0E470489" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) After applying income received and accruing from the investments of gifts, grants, and contributions, the board of trustees of the fund may liquidate and expend principal of the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5BE909BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(3) The income received and accruing from the investments of the fund must be spent only to acquire additional real property complementary to or protective of the Jocassee Gorges and in furthering the operation and maintenance of the Jocassee Gorges.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46919733" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1B91192F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 419, Part II, § 66.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BF5BA07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="50F1F3DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-940. Investment income; expenditures for specified purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="53132ABC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The board may accumulate the investment income of the fund and may direct expenditures from the income of the fund for the purposes set forth in Section 50-3-930(3).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33BB1556" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="07B409CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 419, Part II, § 66.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34EE8422" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="04B00A55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-950. Procedure for making expenditures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3EBE0858" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Expenditure of the income derived from the fund must be made through the board in accordance with the provisions of the general appropriation act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FBE54D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="304598E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 419, Part II, § 66; 2005 Act No. 164, § 27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="53544BB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="39235FE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-960. Fund and income not to take place of state appropriations or department receipts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4B1293F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The fund and income do not take the place of state appropriations or department receipts placed in the fund and must be used in accordance with Section 50-3-930(3).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C207D47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0245D991" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 419, Part II, § 66.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="304841FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="028244F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-970. Alternate trusteeship of fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4AFDFD8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the board of the Department of Natural Resources is dissolved, the succeeding agency shall assume the trusteeship of the fund and is bound by all the limitations and restrictions placed by this article on expenditures from the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2BF2B654" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="67C01E7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1998 Act No. 419, Part II, § 66.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F0AC76B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="54A7231B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="273179D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tom Yawkey Wildlife Center Trust Fund</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="528DC02B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3072C53E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1010. South Carolina Tom Yawkey Wildlife Center Trust Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4DA49244" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created the South Carolina Tom Yawkey Wildlife Center Trust Fund, the income and principal of which must be used only for the purposes of supporting the operation and maintenance and the acquisition of additional real property complementary to those tracts of real property owned by the South Carolina Department of Natural Resources in Georgetown County, South Carolina, including South Island and the greater parts of North Island and Cat Island, known collectively as the Tom Yawkey Wildlife Center.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> All gifts, grants, and contributions for this purpose must be accounted for separately from other assets of the fund. The State Treasurer is the custodian of the fund and shall invest its assets in an interest-bearing account pursuant to South Carolina law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0980C7E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4B01A0CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 168 (S.1010), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D2A3732" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4505FDAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1020. Board of Trustees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="15E6BE5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created the Board of Trustees of the Tom Yawkey Wildlife Center Trust Fund of the Department of Natural Resources, with full authority over the administration of the fund, whose chairman and members, serving ex officio, are the chairman and members of the board of the Department of Natural Resources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01F42E6E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3B3D7D54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 168 (S.1010), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1DC95548" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="697A8695" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1030. Assets of fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1E66FB9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The assets of the fund may be derived from:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1DF6DF11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) appropriations of state general funds, federal funds, donations, gifts, bond-issue receipts, securities, and other monetary instruments of value;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2662C13E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the proceeds of any gifts, grants, and contributions to the State which are designated specifically for inclusion;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3DAE5671" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) funds derived from the Yawkey Foundation, a charitable trust established under the will of Thomas A. Yawkey, deceased;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2D023663" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) funds received through sale, exchange, or otherwise, of products of the property including, but not limited to, timber;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="401228EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) restricted interest income, contributions, and donations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="156F495A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(6) other lawful sources; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="126A841A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(7) the reimbursement for monies expended from this fund which must be redeposited into the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E71F99A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0C25C0E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 168 (S.1010), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="542DFE95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="33C9BDF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1040. Restrictions on expenditures from fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4A584E9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The fund constitutes a special trust derived from a contractual relationship between the State and contributors to the fund, including members of the public. In recognition of the special trust, the following limitations and restrictions are placed on expenditures from the fund:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="74B8246D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Any limitations or restrictions specified by the donors on the uses of the income derived from the gifts, grants, and voluntary contributions are respected but are not binding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="122B8EAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) After applying income received and accruing from the investments of gifts, grants, and contributions, the board of trustees of the fund may liquidate and expend the principal of the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2FF80E4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The assets of the fund, both principal and income received and accruing from the investments, must be spent only in furthering the operation and maintenance of the Tom Yawkey Wildlife Center and to acquire additional real property complementary to or protective of the Tom Yawkey Wildlife Center.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5B454028" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Balances in this fund may be used to match available federal funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1EA174DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Balances in this fund shall be retained and carried forward from year to year and do not revert to the General Fund of the State and may be used to match available federal funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="667B3241" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="678DC599" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 168 (S.1010), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="658B075E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7E296C09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1050. Expenditure of income.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5D9B8C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Expenditure of the income derived from the fund must be made through the board in accordance with the provisions of the general appropriations act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3420F02C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="49B35EC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 168 (S.1010), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="484AD33A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2269A238" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1060. State appropriations or department receipts placed in fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="286E3652" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The fund and income do not take the place of state appropriations or department receipts placed in the fund and must be used in accordance with Section 50-3-1040(3).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3394DA02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="39328338" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 168 (S.1010), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A85D662" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4A3447A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1070. Successor agency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="076B19ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the board of the Department of Natural Resources is dissolved, the succeeding agency shall assume the trusteeship of the fund and is bound by all the limitations and restrictions placed by this article on expenditures from the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47AA7936" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3397ED36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 168 (S.1010), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B6C661D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="246E1058" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="07ED77C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Conservation Grant Fund</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="196F1F84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6941FE55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1110. Conservation Grant Fund established.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6F4A8E0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created in the state treasury a fund separate and distinct from the general fund of the State and all other funds styled the "Conservation Grant Fund". The income and principal of the fund must be used only to stimulate the use of conservation easements and fee simple gifts of land for conservation to qualified conservation organizations to improve the capacity of private nonprofit land trusts successfully to accomplish conservation projects and to provide an opportunity to leverage private and pu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>blic monies for conservation easements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79647C06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4CB42F8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 283, § 1(D).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C728B9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="30026BA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1120. Board; administration of fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="513A8EE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board of the Department of Natural Resources serves ex officio as the Conservation Grant Fund Board with full authority over the administration of the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="538FB308" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2061E1F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 283, § 1(D).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="211F3EB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="587AAB00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1130. Funding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5FA8EA41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>The Conservation Grant Fund shall consist of any monies appropriated to it by the General Assembly and other monies received from public or private sources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4DE1E233" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="33AA842B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 283, § 1(D).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="543B0F88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="34D7DF80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1140. Qualification for tax credit as requirement for real property to be subject of grant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7BFB0631" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>In order for real property to be the subject of a grant under this article, the land must qualify for the tax credit allowed pursuant to Section 12-6-3515.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="697B9C4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62FB5EA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 283, § 1(D).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F6DCDA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1B8FE879" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1150. Uses of Fund revenues and grants; restrictions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7FCEC8DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Revenues in the Conservation Grant Fund may be used by the department only to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62C027C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) defray the administrative costs of the department in administering the grant purpose provided for by this article;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="44C2CDC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) provide education on conservation easements and fee simple gifts of land for conservation, including information material intended for landowners and education for staff and volunteers; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="791A0F43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) make conservation grants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2AE05713" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A grant from the Conservation Grant Fund may be used only to pay for one or more of the following costs:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4D18DE17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) reimbursement for total or partial transaction costs for donations that otherwise would not be made because of insufficient financial revenues;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="39ECFBCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) management support, including initial baseline inventory and planning;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="14E86F0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) monitoring compliance with conservation easements;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="39F8F0D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(4) education on conservation easements and fee simple gifts of land for conservation, including information materials intended for landowners, and education for staff and volunteers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3AE37397" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Fund proceeds may not be used to pay the purchase price of any interest in real property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0248CCBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="018CEAE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 283, § 1(D).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F4717E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7B734B84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-3-1160. Grants; establishment of criteria for awarding; procedures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="56DF92CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board shall establish the procedures and criteria for awarding grants under this article. The criteria shall focus grants on those areas, approaches, and techniques that are likely to provide the optimum positive effect on conservation. The board shall make recommendations to the General Assembly on the award of grants. Upon approval by the General Assembly by concurrent resolution, the board shall award the grants and provide public notice of the award.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64B1685D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="65FB69E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 283, § 1(D).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -8582,51 +9427,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -9063,66 +9908,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>