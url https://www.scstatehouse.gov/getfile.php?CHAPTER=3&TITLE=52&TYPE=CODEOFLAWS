--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -1,484 +1,472 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4e291caf439c4ad5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8c5c864abe844b085255816abb04dbd.psmdcp" Id="Rbe2f39a3a69f4a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R07cfe89e6c6b4378" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56e3578fd2dc45d3abda68b35b9ad6f4.psmdcp" Id="Re8b9f50a07e340ce" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00865B8C" w:rsidRDefault="00865B8C" w14:paraId="338AA26C" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="6A1D54BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="264FCC38" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Motion Pictures, Sporting Events, and Concerts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="0F0DD38E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="14F515B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="62D8DDB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>"X" Rated and Other Offensive Motion Pictures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="2C9CF707" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="359EF9A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 52-3-110. "X" rated films unlawful to show in certain drive-in theatres.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="15E2C70C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">It shall be unlawful for any person to show a film designated or advertised as being "X" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rated or to show any motion picture, slide or exhibit in which the bare buttocks, female breasts or the bare genitals, male or female, of the human body are shown or in which strip-tease, burlesque or nudist type scenes are shown which would be harmful to children viewing such scenes or to show previews depicting such scenes in any outdoor or drive-in theatre where the location of the screen on which such film is shown is clearly visible from public roads or highways in the vicinity of such theatre. As used</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> in this article "vicinity of such theatre" shall mean any area within one-half mile from the location of the theatre screen. Screening, floodlights or other devices to block viewing outside the theatre may be erected by theatre operators and owners, provided such devices do not interfere with motor vehicle traffic in the area around the theatre.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09D72EE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="537231DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 5-121; 1971 (57) 1027.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CE720D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="21198BDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 52-3-120. Duties of law enforcement officers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="5A3AF7E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The chief of police of each municipality wherein an outdoor theatre is located or the county sheriff, when such theatre is located outside the corporate limits of a municipality, shall inspect each outdoor theatre in his jurisdiction and notify, in writing, the owners thereof as to whether or not they would be in violation of this article when "X" rated films are shown in their theatres. No charges shall be preferred until such notification has been made.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43856BF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="328B2AAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 5-122; 1971 (57) 1027.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B15ECF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="697C21D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 52-3-130. Penalty.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="5B3FDB8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person who violates the provisions of this article after notice as prescribed in Section 52-3-120 shall be deemed guilty of a misdemeanor and upon conviction shall be fined not more than five hundred dollars or imprisoned not more than thirty days. Each film showing in violation of this article shall constitute a separate offense.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62369D8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001D53D1" w:rsidRDefault="001D53D1" w14:paraId="199E1F8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 5-123; 1971 (57) 1027.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -489,51 +477,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -970,66 +958,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>