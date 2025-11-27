--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,8383 +1,9881 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R075e4e167c3d4c24" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b06001f7d10c4e22a3fb26e082147523.psmdcp" Id="R48d923b4869740b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R674a65f248d94279" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/654f74a269b64e258f3f73f0a33b1878.psmdcp" Id="Re7574b600d08491f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="3E166F8A" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="016A814C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4C66A312" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Departments of State Government</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="59821233" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7ECCA0B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-10. Departments of State Government.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="611F131D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There are hereby created, within the executive branch of the state government, the following departments:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="729785C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>1. Department of Administration</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="00B7E8C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. Department of Agriculture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1E70E321" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>3. Department of Behavioral Health and Developmental Disabilities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="73439E93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>4. Department of Commerce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0529F9C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>5. Department of Corrections</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="66B449ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>6. Department of Education</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2391E172" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>7. Department of Public Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="253BB878" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>8. Department of Health and Human Services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="623E4152" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>9. Department of Insurance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6E665544" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>10. Department of Juvenile Justice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1CF82B5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>11. Department of Labor, Licensing and Regulation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2A0DB268" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>12. Department of Motor Vehicles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="38E90387" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>13. Department of Natural Resources</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4E8CBE43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>14. Department of Parks, Recreation and Tourism</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2F226E18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>15. Department of Probation, Parole and Pardon Services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1D807F62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>16. Department of Public Safety</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="641A96D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>17. Department of Revenue</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2A5A8DE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>18. Department of Social Services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="66C04C56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>19. Department of Transportation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3861242B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>20. Department of Employment and Workforce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2BB9482C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>21. Department on Aging</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1278CBE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>22. Department of Veterans' Affairs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="592D2228" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>23. Department of Environmental Services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7DA38B6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Text of (B)(1) effective until the approval and ratification of an amendment to Section 7, Article VI of the South Carolina Constitution. The referendum to amend Section 7, Article VI failed on November 6, 2018. See Editor's Note.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6933A8B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B)(1) The governing authority of each department shall be:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7DF33258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) a director or a secretary, who must be appointed by the Governor with the advice and consent of the Senate, subject to removal from office by the Governor pursuant to provisions of Section 1-3-240(B); or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="79275736" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) a board to be appointed and constituted in a manner provided for by law; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7603C287" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) in the case of the Department of Agriculture and the Department of Education, the State Commissioner of Agriculture and the State Superintendent of Education, respectively, elected to office under the Constitution of this State; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="336364C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) in the case of the Department of Transportation, a seven member commission constituted in a manner provided by law, and a Secretary of Transportation appointed by and serving at the pleasure of the Governor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2FA81B80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Text of (B)(1) effective upon the approval and ratification of an amendment to Section 7, Article VI of the South Carolina Constitution. The referendum to amend Section 7, Article VI failed on November 6, 2018. See Editor's Note.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7E0EB9DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) The governing authority of each department shall be:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="14C98C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) a director or a secretary, who must be appointed by the Governor with the advice and consent of the Senate, subject to removal from office by the Governor pursuant to provisions of Section 1-3-240(B); or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="58762568" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) a board to be appointed and constituted in a manner provided for by law; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="35EFD908" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(iii) in the case of the Department of Agriculture, the State Commissioner of Agriculture elected to office under the Constitution of this State; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="51C08E82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) in the case of the Department of Education, the State Superintendent of Education appointed by the Governor with the advice and consent of the Senate, serving at the pleasure of the Governor; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="71A2AEE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(v) in the case of the Department of Transportation, a seven member commission constituted in a manner provided by law, and a Secretary of Transportation appointed by and serving at the pleasure of the Governor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7A2F17C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) In making an appointment for a governing authority of a department, race, gender, and other demographic factors should be considered to assure nondiscrimination, inclusion, and representation to the greatest extent possible of all segments of the population of this State; however, consideration of these factors in no way creates a cause of action or basis for an employee grievance for a person appointed or for a person who fails to be appointed. The Governor in making the appointments provided for by t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>his section shall endeavor to appoint individuals who have demonstrated exemplary managerial skills in either the public or private sector.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="22F8B95A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Each department shall be organized into appropriate subdivisions by the governing authority of the department through further consolidation or further subdivision. The power to organize and reorganize the department into divisions lies with the General Assembly in furtherance of its mandate pursuant to Article XII of the South Carolina Constitution, 1895. The dissolution of any division must likewise be statutorily approved by the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7F0D536B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The governing authority of a department is vested with the duty of overseeing, managing, and controlling the operation, administration, and organization of the department. The governing authority has the power to create and appoint standing or ad hoc advisory committees in its discretion or at the direction of the Governor to assist the department in particular areas of public concern or professional expertise as is deemed appropriate. Such committees shall serve at the pleasure of the governing author</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ity and committee members shall not receive salary or per diem, but shall be entitled to reimbursement for actual and necessary expenses incurred pursuant to the discharge of official duties not to exceed the per diem, mileage, and subsistence amounts allowed by law for members of boards, commissions, and committees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...77 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="246AE736" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(E) The governing authority of a department may appoint deputies to head the divisions of their department, with each deputy managing one or more of the divisions; in the case of the Department of Commerce, the Secretary of Commerce may appoint a departmental executive director and also may appoint directors to manage the various divisions of the Department of Commerce. In making appointments race, gender, and other demographic factors should be considered to assure nondiscrimination, inclusion, and repres</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>entation to the greatest extent possible of all segments of the population of this State; however, consideration of these factors in making an appointment in no way creates a cause of action or basis for an employee grievance for a person appointed or for a person who fails to be appointed. Deputies serve at the will and pleasure of the governing authority. The deputy of a division is vested with the duty of overseeing, managing, and controlling the operation and administration of the division under the dir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ection and control of the department's governing authority and performing such other duties as delegated by the department's governing authority.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6FD9A366" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) In the event a vacancy occurs in the office of the department's governing authority at a time when the General Assembly is not in session, the Governor temporarily may fill the vacancy pursuant to Section 1-3-210.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="242DEC3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G)(1) Department and agency governing authorities must, no later than the first day of the 2015 Legislative Session and every twelve months thereafter, submit to the Governor and General Assembly reports giving detailed and comprehensive recommendations for the purposes of merging or eliminating duplicative or unnecessary divisions, programs, or personnel within each department to provide a more efficient administration of government services. If an agency or department has no recommendations for restruct</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>uring of divisions, programs, or personnel, its report must contain a statement to that effect. Upon their receipt by the President of the Senate and the Speaker of the House of Representatives, these reports must be referred as information to the standing committees of the respective bodies most jurisdictionally related in subject matter to each agency. Alternatively, the House and Senate may provide by rule for the referral of these reports. The Governor periodically must consult with the governing author</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ities of the various departments and upon such consultation, the Governor must submit a report of any restructuring recommendations to the General Assembly for its review and consideration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="77C596D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Department and agency governing authorities must, no later than the first day of the 2015 Legislative Session, and, as a part of the agency's seven-year oversight study and investigation conducted pursuant to Chapter 2, Title 2, submit to the Governor and the General Assembly a seven-year plan that provides initiatives and/or planned actions that implement cost savings and increased efficiencies of services and responsibilities within the projected seven-year period.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="622BD4E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) [Repealed].</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B53E9C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6FD831A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1; 1994 Act No. 281, § 1; 1994 Act No. 361, §§ 1, 2; 1995 Act No. 83, §§ 6, 7; 2007 Act No. 114, § 1, eff June 27, 2007; 2010 Act No. 146, § 3, eff March 30, 2010; 2012 Act No. 222, § 1, eff June 7, 2012; 2014 Act No. 121 (S.22), Pt III, § 3, eff July 1, 2015; 2014 Act No. 121 (S.22), Pt IV, § 6.A, eff January 1, 2015; 2018 Act No. 178 (S.27), § 2, eff upon contingency; 2018 Act No. 261 (S.107), Pt I, § 2, eff January 1, 2019; 2019 Act No. 26 (H.3438), § 1, eff July 1, 2019; 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>3 Act No. 60 (S.399), §§ 6.A, 6.B, eff July 1, 2024; 2025 Act No. 3 (S.2), § 2, eff April 28, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2D49E0A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="40E0519A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Pursuant to the directive to the Code Commissioner in 2010 Act No. 146, § 114, "Department of Employment and Workforce" was substituted for "Department of Workforce".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7F5052E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner in 2011, the provisions of subsection (B)(2) were restored to correct the inadvertent deletion of those provisions in 2007.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="19DD873D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1F690FA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2012 Act No. 222, § 15, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="57048C46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"SECTION 15. Notwithstanding any other provision of law to the contrary, any person elected or appointed to serve, or serving, as a member of any board, commission, or committee to represent a congressional district, whose residency is transferred to another district by a change in the composition of the district, may serve, or continue to serve, the term of office for which he was elected or appointed; however, the appointing or electing authority shall appoint or elect an additional member on that board, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>commission, or committee from the district which loses a resident member on it as a result of the transfer to serve until the term of the transferred member expires. When a vacancy occurs in the district to which a member has been transferred, the vacancy must not be filled until the full term of the transferred member expires."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0AE4FC36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 178, §§ 4 and 6, provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="79AA7D78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 4. The person elected State Superintendent of Education in the 2018 General Election shall serve out his term; however, if the person vacates that office before the term expires in January 2023, any successors must: (1) be appointed as provided in Section 1-30-10(B)(1)(iv); and (2) must satisfy the experience requirements of Section 59-3-10(B)."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0040759A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 6. The provisions of Section 59-3-10(B), as contained in SECTION 1, take effect upon approval by the Governor. The remaining provisions of this act take effect upon approval and ratification of an amendment to Section 7, Article VI of the South Carolina Constitution, 1895, providing for the appointment of the State Superintendent of Education by the Governor, with the advice and consent of the Senate, and are applicable beginning with the 2018 General Election."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0E09496A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The referendum to amend Article VI, Section 7 failed on November 6, 2018.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4B124EAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 26, § 4, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="527FA89E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 4. (A) All classified or unclassified personnel employed by these offices on the effective date of this act, either by contract or by employment at will, shall become employees of the Department of Veterans' Affairs, with the same compensation, classification, and grade level, as applicable. The Department of Administration shall cause all necessary actions to be taken to accomplish this transfer in accordance with state laws and regulations.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7908DDBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(B) Regulations promulgated by the Division of Veterans' Affairs as it formerly existed under the Department of Administration are continued and are considered to be promulgated by the newly created Department of Veterans' Affairs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="75A5AB04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"(C) The Code Commissioner is directed to change or correct all references to Division of Veterans' Affairs within the Department of Administration in the 1976 Code, to reflect the transfer of it to the Department of Veterans' Affairs. References to the Division of Veterans' Affairs in the 1976 Code or other provisions of law are considered to be and must be construed to mean appropriate reference to the Department of Veterans' Affairs. This authority shall not be construed to remove any authority from the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Department of Administration for approval of statewide policies, procedures, regulations, rates and fees, or specific actions requiring Department of Administration approval."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="18B0D91A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2023 Act No. 60, § 1, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="19391F1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 1. On July 1, 2024:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="497B7DB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(1) There is created the Department of Public Health to be headed by a director who is appointed by the Governor pursuant to Section 1-30-10, with the advice and consent of the Senate; provided, however, until the Governor appoints the initial director after creation of the Department of Public Health, the Director of the Department of Health and Environmental Control shall serve as the Director of the Department of Public Health.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1C55B377" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(2) There is created the Department of Environmental Services to be headed by a director who is appointed by the Governor pursuant to Section 1-30-10, with the advice and consent of the Senate; provided, however, until the Governor appoints the initial director after creation of the Department of Environmental Services, the Director of Environmental Affairs of the Department of Health and Environmental Control shall serve as the Director of the Department of Environmental Services.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="49D2772E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(3) The South Carolina Department of Health and Environmental Control and the South Carolina Board of Health and Environmental Control are abolished.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="235468D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(4) The food safety program in the Division of Food and Lead Risk Assessment and the Milk and Dairy Lab of the Department of Health and Environmental Control shall become a division of the Department of Agriculture with the director of that department being deemed the head of the division unless otherwise specified, and all relevant powers and duties assigned to the Department of Health and Environmental Control being transferred to and devolved upon the Department of Agriculture.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5B20836A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(5) The authority to establish, manage, and operate veterans homes shall be transferred to the Department of Veterans' Affairs, and all powers and duties assigned to the Department of Mental Health regarding veterans homes being transferred to and devolved upon the Department of Veterans' Affairs. To the extent, the Department of Mental Health owns the grounds upon which these veterans homes are located, title shall be transferred to the Department of Veterans' Affairs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4D8B326F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(6) The hydrology and aquatic nuisance species programs of the Land, Water and Conservation Division of the Department of Natural Resources shall become a division of the Department of Environmental Services, and all relevant powers and duties assigned to the Department of Natural Resources being transferred to and devolved upon the Department of Environmental Services."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7EADE01E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="49AA902D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment added subparagraph (B)(1)(iv) relating to the Department of Transportation.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="52CC7B2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2010 amendment added subparagraph (A)20, relating to creation of the Department of Employment and Workforce.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6D95505B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2012 amendment removed "seven member" from subsection (B)(1)(ii).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2A345B06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 121, § 3, in subsection (A), added "Department of Administration" and "Department of Motor Vehicles", and renumbered the paragraphs accordingly.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6D9E9E6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 121, § 6.A, rewrote subsections (B), (C), (E), (F), (G), and deleted former subsection (H).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4CBD2009" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 178, § 2, in (B)(1), in (iii), deleted "and the Department of Education" following "Department of Agriculture" and "and the State Superintendent of Education, respectively," following "State Commissioner of Agriculture", inserted (iv), and redesignated (iv) as (v).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="434D1BC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2018 Act No. 261, § 2, in (A), added 23 relating to the Department on Aging, and made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="46A46770" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 26, § 1, in (A), added 24, relating to the Department of Veterans' Affairs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="41BB9AC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2023 Act No. 60, § 6.A, in (A)8, substituted "Department of Public Health" for "Department of Health and Environmental Control".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="51CD0B87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2023 Act No. 60, § 6.B, in (A), added 25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="33AB93A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 3, § 2, in (A), eliminated references to the Department of Alcohol and Other Drug Abuse Services, the Department of Disabilities and Special Needs, and the Department of Mental Health and inserted "Department of Behavioral Health and Developmental Disabilities".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="326F6FC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="17535011" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-15. Department of Agriculture.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="52A5FE5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Agriculture:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6B18317B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Department of Agriculture, formerly provided for at Section 46-39-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70564C89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="47CED7F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FA54B9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2EAB3E2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-20. Department of Alcohol and Other Drug Abuse Services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4F6CBEEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Alcohol and Other Drug Abuse Services:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0E4C4F63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) South Carolina Commission on Alcohol and Drug Abuse, formerly provided for at Section 44-49-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5E060043" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Drug-free Schools and Communities Program in the Governor's Office, provided for under grant programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="458504DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6EC58AF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="49B7E101" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="68D6A2FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-25. Department of Commerce.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7562A8E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property, and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are transferred to and incorporated in and must be administered as part of the Department of Commerce to be initially divided into divisions for Aeronautics, Advisory Coordinating Council for Ec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>onomic Development, State Development, Public Railways, and Savannah Valley Development:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7C627B8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) South Carolina Aeronautics Commission, formerly provided for at Section 55-5-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1BDDF487" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) Coordinating Council for Economic Development, formerly provided for at Section 41-45-30, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2FA63D65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Savannah Valley Authority, formerly provided for at Section 13-9-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5748AA6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) existing divisions or components of the Department of Commerce formerly a part of the State Development Board excluding the South Carolina Film Commission; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0CFE60EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) South Carolina Public Railways Commission, formerly provided for at Section 58-19-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B17EEDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="64A56F4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1; 1999 Act No. 100, Part II, § 71; 2000 Act No. 387, Part II, § 73; 2004 Act No. 299, § 5, eff July 1, 2004; 2005 Act No. 56, § 3, eff May 9, 2005, applicable to taxable years beginning July 1, 2004; 2008 Act No. 313, § 6.A, eff upon approval (became law without the Governor's signature on June 12, 2008); 2008 Act No. 359, § 1, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6D4DBF3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="09086736" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2008 Act No. 313, § 6.C and 2008 Act No. 359, § 3 provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="19C5BA62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(1) Where the provisions of this section transfer the South Carolina Film Commission from the Department of Commerce to the Department of Parks, Recreation and Tourism, the employees, authorized appropriations, and assets and liabilities of the South Carolina Film Commission are also transferred to and become part of the Department of Parks, Recreation and Tourism. All classified or unclassified personnel employed by the South Carolina Film Commission on the effective date of this section, either by contra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ct or by employment at will, shall become employees of the Department of Parks, Recreation and Tourism, with the same compensation, classification, and grade level, as applicable. The State Budget and Control Board shall cause all necessary actions to be taken to accomplish this transfer in accordance with state laws and regulations.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0FC12EBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(2) Regulations promulgated by the South Carolina Film Commission are continued and are considered to be promulgated by the South Carolina Film Commission as a division of the Department of Parks, Recreation and Tourism.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3534E61C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(3) The Code Commissioner is directed to change or correct all references to the South Carolina Film Commission to reflect its transfer to the Department of Parks, Recreation and Tourism. References to the name of the South Carolina Film Commission in the 1976 Code or other provisions of law are considered to be and must be construed to mean appropriate references."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6FB32A3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4BDAEAB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2004 amendment, in subsection (D), in the introductory sentence substituted "South Carolina Film Commission" for "South Carolina Film Office" in two places and added paragraph (10).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6B7CBFD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2005 amendment, in the introduction to subsection (D), substituted "Department of Commerce" for "State Development Board" and deleted "formerly provided for in Section 13-3-10, et seq.," following "South Carolina Film Commission".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6EF04FED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The first 2008 amendment, in subsection (A), substituted "The" for "Effective on July 1, 1993, the" and made nonsubstantive changes; and rewrote subsection (D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="114CC7E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The second 2008 amendment made identical changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C1A0FDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="37401D7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-30. Department of Corrections.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1D20F332" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Corrections:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="16E1FFD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Department of Corrections, formerly provided for at Section 24-1-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09A9C13B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2243BD67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05BDF884" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6B29C7A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-35. Department of Disabilities and Special Needs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7BD63BCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Disabilities and Special Needs to be initially divided into divisio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ns for Intellectual Disability, Head and Spinal Cord Injury, and Autism; provided, however, that the board of the former Department of Mental Retardation as constituted on June 30, 1993, and thereafter, under the provisions of Section 44-19-10, et seq., shall be the governing authority for the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2F02F820" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Department of Mental Health Autism programs, formerly provided for at Section 44-9-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="17C45910" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) Head and Spinal Cord Injury Information System, formerly provided for at Section 44-38-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="36E59968" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Department of Mental Retardation, formerly provided for at Section 44-19-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36D8BB48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3475C324" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6C1802EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2A6FFAD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2011 Act No. 47, § 14(B), provided for the substitution of "intellectual disability" for "mental retardation" in the 1976 Code of Laws. At the Code Commissioner's discretion, the substitution was not made for the formal reference to the Mental Retardation division and the Department of Mental Retardation in this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="390EAF2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1998BF6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-40. Department of Education.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5C65372C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Education:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="39BC08AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>State Department of Education, provided for at Section 59-5-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="32958E13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3ACB228D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1056D809" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7D4D4A78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-50. Department of Health and Human Services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5648F393" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1995, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Health and Human Services:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1D6D4FC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Department of Health and Human Services Finance Commission, formerly provided for at Section 44-6-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2922AA6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="48468752" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22239FBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="023A232C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-55. Department of Insurance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="17AB6C13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1995, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Insurance:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="59045172" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Department of Insurance, formerly provided for at Section 38-3-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7247DBE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="250065BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4046FF12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1C4F1A22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-60. Department of Juvenile Justice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="03C64C8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Juvenile Justice:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0F4A486A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Department of Youth Services, formerly provided for at Section 20-7-6805, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DB7F5F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5DC7FB6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2562EE48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="13C31D1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The second paragraph was restored at the direction of the Code Commissioner in 2013 to correct the inadvertent omission of that text.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="66ACB958" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6C6F9B91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-65. Department of Labor, Licensing, and Regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="29F2E5BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on February 1, 1994, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Labor, Licensing, and Regulation to be initially divided into d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ivisions for Labor, State Fire Marshal, and Professional and Occupational Licensing:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3DA49746" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Fire Marshal Division of Budget &amp; Control Board, formerly provided for at Section 23-9-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="60B463BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Department of Labor, formerly provided for at Title 12, Chapter 37; Title 46, Chapter 43; and Title 41, Chapters 1-25;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="221BE559" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Professional and Occupational Licensing Boards including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="14983BE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Accountancy Board, formerly provided for at Section 40-1-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1D0C94EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Architectural Board of Examiners, formerly provided for at Section 40-3-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="08DB4885" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Athletic Commission, formerly provided for at Section 52-7-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5A799531" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Auctioneers Commission, formerly provided for at Section 40-6-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="54130DE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Barber Examiners Board, formerly provided for at Section 40-7-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="743F8DC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Accessibility Committee for the Building Codes Council, formerly provided for at Section 10-5-210, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="67AA06F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Building Code Council, formerly provided for at Section 6-9-60, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5A9E8741" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Burglar Alarm Business, formerly provided for at Section 40-79-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5981BB0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Chiropractic Examiners Board, formerly provided for at Section 40-9-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4234EA01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Contractors Licensing Board, formerly provided for at Section 40-11-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6F0CD74F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Cosmetology Board, formerly provided for at Section 40-13-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0A5CCC5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Dentistry Board, formerly provided for at Section 40-15-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4B6A4136" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Embalmers and Funeral Directors/Funeral Service Board, formerly provided for at Section 40-19-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3A3E1CCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Engineers and Land Surveyors Board, formerly provided for at Section 40-21-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="393B6237" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Environmental Systems Operators Board, formerly provided for at Section 40-23-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7B33E363" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Fire Sprinkler Contractors Board, formerly provided for at Section 23-45-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="44EBFB83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Foresters Registration Board, formerly provided for at Section 48-27-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2CAACE8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Geologists Registration Board, formerly provided for at Section 40-77-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0548C7FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Harbor Pilots/Pilotage Commission, formerly provided for at Section 54-15-40, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6169C026" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Liquefied Petroleum Gas Board, formerly provided for at Section 39-43-20, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4EDB2A4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Manufactured Housing Board, formerly provided for at Section 40-29-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4375EB8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Modular Appeals Board, formerly provided for at Section 23-43-50, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1BD50300" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nursing Board, formerly provided for at Section 40-33-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7B395139" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Nursing Home Administrators Board, formerly provided for at Section 40-35-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="05F607D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Occupational Therapy Board, formerly provided for at Section 40-36-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6ECA0C76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Optometry Board, formerly provided for at Section 40-37-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="511B3AF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Opticianry Board, formerly provided for at Section 40-38-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="136592AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pharmacy Board, formerly provided for at Section 40-43-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1DDB2E51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Physical Therapy Examiners, formerly provided for at Section 40-45-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="65FC73B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Physicians, Surgeons and Osteopaths/Board of Medical Examiners, formerly provided for at Section 40-47-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="560DA832" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Podiatry Examiners, formerly provided for at Section 40-51-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0830B3A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Professional Counselors, Marital and Family Therapists, formerly provided for at Section 40-75-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="787B1B31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Psychology Board of Examiners, formerly provided for at Section 40-55-20, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7280A2CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pyrotechnic Safety Board, formerly provided for at Section 40-56-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="579B8CE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Real Estate Commission regulating Real Estate Brokers, Counsellors, Salesmen, Auctioneers, and Property Managers, formerly provided for at Section 40-57-10 et seq., and Real Estate Appraisers Board, formerly provided for at Section 40-60-10 et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2FEB8AD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Residential Home Builders Board, formerly provided for at Section 40-59-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5940A3AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Social Worker Board of Examiners, formerly provided for at Section 40-63-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6FF15FF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Speech/Language Pathology and Audiology Board of Examiners, formerly provided for at Section 40-67-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="537C0CE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Veterinary Medical Examiners, formerly provided for at Section 40-69-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71C01019" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="07DEEA34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1; 1994 Act No. 385, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16D78A21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5430707E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-70. Department of Mental Health.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="25B1B9F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Mental Health to include a Children's Services Division and shall i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nclude:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6CAF63BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Department of Mental Health, provided for at Section 44-9-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A0D08B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2EA973F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E2DCEC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="65669ED9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-75. Department of Natural Resources.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="231A790C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1994, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property, and all contractual rights and obligations associated with the agency, except for those subdivisions specifically included under another department, are transferred to and incorporated in, and must be administered as part of the Department of Natural Resources. The department must be divided initially into divisions for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Land Resources and Conservation Districts, Water Resources, Marine Resources, Wildlife and Freshwater Fisheries, and State Natural Resources Enforcement. The South Carolina Wildlife and Marine Resources Commission, as constituted on June 30, 1993, and after that time, under the provisions of Section 50-3-10 et seq. is the governing authority for the department:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2EA18D48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Geological Survey of the Research and Statistical Services Division of the Budget and Control Board, to include the State Geologist, formerly provided for at Section 1-11-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5791D619" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) State Land Resources Conservation Commission, less the regulatory division, formerly provided for at Section 48-9-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0175527D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) South Carolina Migratory Waterfowl Commission, formerly provided for at Section 50-11-20, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="29DE21DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Water Resources Commission, less the regulatory division, formerly provided for at Section 49-3-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1AECB1AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) South Carolina Wildlife and Marine Resources Commission, formerly provided for at Section 50-3-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3885D586" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="616AFFDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1; 1994 Act No. 497, Part II, § 59B.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1727C5BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3788A036" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Section 50-11-20 was repealed by 2020 Act No. 152, § 3.A, effective September 28, 2020.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="314F476D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5472FD1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-80. Department of Parks, Recreation and Tourism.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1F8C8B8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property, and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are transferred to and incorporated in and must be administered as part of the Department of Parks, Recreation and Tourism to include a Parks, Recreation and Tourism Division.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2AB5AF13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Department of Parks, Recreation and Tourism, formerly provided for at Sections 51-1-10, 51-3-10, 51-7-10, 51-9-10, and 51-11-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1CD95F21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) Effective July 1, 2008, the South Carolina Film Commission of the Department of Commerce is transferred to the Department of Parks, Recreation and Tourism and becomes a separate division of the Department of Parks, Recreation and Tourism.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1940BE9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The South Carolina Film Commission as established in this section as a division of the Department of Parks, Recreation and Tourism and transferred to it shall ensure that funds made available to film projects through the South Carolina Film Commission are budgeted and spent so as to further the following objectives:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2DAB4586" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) stimulation of economic activity to develop the potentialities of the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="669C5589" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) conservation, restoration, and development of the natural and physical, the human and social, and the economic and productive resources of the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1F18770E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) promotion of a system of transportation for the State, through development and expansion of the highway, railroad, port, waterway, and airport systems;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5CD18875" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) promotion and correlation of state and local activity in planning public works projects;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="28D3CB4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) promotion of public interest in the development of the State through cooperation with public agencies, private enterprises, and charitable and social institutions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="25DE75D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(f) encouragement of industrial development, private business, commercial enterprise, agricultural production, transportation, and the utilization and investment of capital within the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="67BFD1D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) assistance in the development of existing state and interstate trade, commerce, and markets for South Carolina goods and in the removal of barriers to the industrial, commercial, and agricultural development of the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="27C48A94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(h) assistance in ensuring stability in employment, increasing the opportunities for employment of the citizens of the State, devising ways and means to raise the living standards of the people of the State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="58DC15E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) enhancement of the general welfare of the people; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="24385163" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(j) encouragement and consideration as appropriate so as to consider race, gender, and other demographic factors to ensure nondiscrimination, inclusion, and representation of all segments of the State to the greatest extent possible.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A76E1FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="07354E62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1; 1999 Act No. 100, Part II, § 71; 2008 Act No. 313, § 6.B, eff upon approval (became law without the Governor's signature on June 12, 2008); 2008 Act No. 359, § 2, eff July 1, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="02211EB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="23E3D1DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2008 Act No. 313, § 6.C and 2008 Act No. 359, § 3 provide as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="72A755E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(1) Where the provisions of this section transfer the South Carolina Film Commission from the Department of Commerce to the Department of Parks, Recreation and Tourism, the employees, authorized appropriations, and assets and liabilities of the South Carolina Film Commission are also transferred to and become part of the Department of Parks, Recreation and Tourism. All classified or unclassified personnel employed by the South Carolina Film Commission on the effective date of this section, either by contra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ct or by employment at will, shall become employees of the Department of Parks, Recreation and Tourism, with the same compensation, classification, and grade level, as applicable. The State Budget and Control Board shall cause all necessary actions to be taken to accomplish this transfer in accordance with state laws and regulations.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="65812F29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(2) Regulations promulgated by the South Carolina Film Commission are continued and are considered to be promulgated by the South Carolina Film Commission as a division of the Department of Parks, Recreation and Tourism.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5FAAE869" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(3) The Code Commissioner is directed to change or correct all references to the South Carolina Film Commission to reflect its transfer to the Department of Parks, Recreation and Tourism. References to the name of the South Carolina Film Commission in the 1976 Code or other provisions of law are considered to be and must be construed to mean appropriate references."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="51B1939F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4C94AFF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The first 2008 amendment designated subsection (A) and in the first paragraph deleted outdated language and "and Film Division" following "Tourism Division"; and added subsection (B) relating to the transfer of the South Carolina Film Commission.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2F9DB9EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The second 2008 amendment made identical changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35176B80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0B04AEAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-85. Department of Probation, Parole and Pardon Services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="002AE0C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and must be administered as part of the Department of Probation, Parole, and Pardon Services:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1FD9D444" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Department of Probation, Pardon and Parole, formerly provided for at Section 24-21-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="596B654D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="049FBA54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1; 1995 Act No. 83, § 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0C318EE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="479BFD1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-90. Department of Public Safety.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="611A28AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities, as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Public Safety to be initially divided into divisions for Highway Patrol, State Police, and Tr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>aining and Continuing Education.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2726803B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Law Enforcement Hall of Fame, formerly provided for in Section 23-25-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7C759E00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) State Highway Patrol, formerly provided for in Section 23-5-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="14500891" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Public Service Commission Safety Enforcement, formerly provided in Section 58-3-310;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="170833A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(D) Public Safety Division, formerly of the Governor's Office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CD1BEEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4C323214" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1; 1996 Act No. 459, § 3; 2003 Act No. 51, § 8; 2012 Act No. 119, § 1, eff February 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7A660F11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7250D396" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2012 amendment removed former subsection (D), which read: "Law Enforcement Training Council, formerly provided for in Section 23-23-30, et seq.", and renumbered subsection (E) as subsection (D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7AA331E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7F38F864" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-95. Department of Revenue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4AB04605" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Revenue to be initially divided into divisions for Alcohol Beverage Control and Tax; provided,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> however, that from July 1, 1993, until February 1, 1995, the governing authority of the department shall be the commissioners of the Tax Commission, as constituted June 30, 1993, and thereafter, pursuant to the provisions of Section 12-3-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="08987381" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Licensing Division of Alcoholic Beverage Control Commission, formerly provided for at Section 61-1-10, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="215F883B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Tax Commission, formerly provided for at Section 12-3-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2128EEE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="26375CEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1; 1996 Act No. 459, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EDF7A0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="268C68AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-100. Department of Social Services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="43B1DCA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Effective on July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Social Services:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="593A30D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Department of Social Services, formerly provided for at Section 43-1-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="534E1239" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="665A5212" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26672FE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3CE5BAB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-105. Department of Transportation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2E1DDE1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective on July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property, and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Transportation to be initially divided into divisions for Mass Tra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nsit, Construction and Maintenance, Engineering and Planning, and Finance and Administration; however, the State Highway Commission as constituted on June 30, 1993, under the provisions of Title 56, shall be the governing authority for the department until February 15, 1994, or as soon as its successors are elected or appointed and qualified, whichever is later.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0958A3E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Department of Highways and Public Transportation, except the Motor Vehicle Division, which was established as the Department of Motor Vehicles by Section 56-1-5, and the State Highway Patrol, formerly provided for at Section 56-1-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C0DDFEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7863A8FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1; 2007 Act No. 114, § 2, eff June 27, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7C2DBA96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3696C002" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2007 amendment, in the second undesignated paragraph, added ", which was established as the Department of Motor Vehicles by Section 56-1-5,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3F698C04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="069ABA47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-120. State Law Enforcement Division.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="45AD6FF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Effective July 1, 1993, the following agencies, boards, and commissions, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, property and all contractual rights and obligations associated with any such agency, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the State Law Enforcement Division:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6E89039F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Alcoholic Beverage Control Commission enforcement division, formerly provided for at Section 61-1-60, et seq.;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="46F7B0FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) State Law Enforcement Division, formerly provided for at Section 23-3-10, et seq.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22A52554" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3CC75762" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 181, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CD02F25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="76DFCF63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-125. Executive Budget Office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5C303E11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is established, within the Department of Administration, the Executive Budget Office which shall support the Office of the Governor by conducting analysis, implementing and monitoring the annual general appropriations act, and evaluating program performance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0B79667F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Executive Budget Office shall use the existing resources of the organizations transferred to the Department of Administration including, but not limited to, funding, personnel, equipment, and supplies. Vacant FTEs at the former State Budget and Control Board also may be used to fill needed positions for the office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="332423BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6E7CA02A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 121 (S.22), Pt VI, § 8.I, eff July 1, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="03D74111" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="17B92CF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 121, § 2, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0F152C68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 2.A. Effective July 1, 2015, the State Budget and Control Board, and its related divisions and offices, is abolished and its functions, powers, duties, responsibilities, and authority, except as otherwise provided by law:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="571FE241" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(1) related to the issuance of bonds and bonding authority, generally found in Title 11 of the 1976 Code but also contained in certain other provisions of South Carolina law are devolved upon the State Fiscal Accountability Authority;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="39CB46D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(2) related to grants, loans, and other forms of financial assistance to other entities, generally found in Title 11 of the 1976 Code but also contained in certain other provisions of South Carolina law, exercised by the former State Budget and Control Board are devolved upon the State Fiscal Accountability Authority; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2081566D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(3) related to executive functions within the former State Budget and Control Board not identified in items (1) or (2) are devolved upon the Department of Administration.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2B19D570" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"B. After determining how many vacant FTEs at the State Budget and Control Board shall be used to fill needed positions in the Executive Budget Office as provided in Section 1-30-125, to be done in consultation with the Office of the Governor, the Executive Director of the State Budget and Control Board, upon approval of the board, prior to July 1, 2014, shall eliminate at least sixty vacant FTEs within the board or its divisions, components, or offices prior to the devolvement of specified duties and funct</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ions of the board upon the Department of Administration as provided in this act."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="189A4846" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="368EC641" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-130. Department of Veterans' Affairs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="556871DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is hereby created, within the executive branch of the state government, the Department of Veterans' Affairs, headed by a secretary appointed by the Governor pursuant to Section 25-11-20. The employees, funds, authorized appropriations, property, assets, liabilities, and all contractual rights and obligations associated with the Division of Veterans' Affairs of the Department of Administration established by Section 25-11-10, et seq. prior to July 1, 2019, are hereby transferred to and incorporated in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> and shall be administered as part of the Department of Veterans' Affairs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7C471DDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="501A4AC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2019 Act No. 26 (H.3438), § 2, eff July 1, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="69299BC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5ABBFE1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 26, § 4, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3EB00BE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"SECTION 4. (A) All classified or unclassified personnel employed by these offices on the effective date of this act, either by contract or by employment at will, shall become employees of the Department of Veterans' Affairs, with the same compensation, classification, and grade level, as applicable. The Department of Administration shall cause all necessary actions to be taken to accomplish this transfer in accordance with state laws and regulations.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="14B82A02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(B) Regulations promulgated by the Division of Veterans' Affairs as it formerly existed under the Department of Administration are continued and are considered to be promulgated by the newly created Department of Veterans' Affairs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="59A05147" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"(C) The Code Commissioner is directed to change or correct all references to Division of Veterans' Affairs within the Department of Administration in the 1976 Code, to reflect the transfer of it to the Department of Veterans' Affairs. References to the Division of Veterans' Affairs in the 1976 Code or other provisions of law are considered to be and must be construed to mean appropriate reference to the Department of Veterans' Affairs. This authority shall not be construed to remove any authority from the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Department of Administration for approval of statewide policies, procedures, regulations, rates and fees, or specific actions requiring Department of Administration approval."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="195ABBEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="278F1B65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-135. Department of Public Health.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3A07F97B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>There is hereby created, within the executive branch of the state government, the Department of Public Health, headed by a director appointed by the Governor, with the advice and consent of the Senate. The divisions, offices, and programs of the Department of Health and Environmental Control performing functions related to regulation and protection of the public health prior to the effective date of this act, including all of the allied, advisory, affiliated, or related entities as well as the employees, f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>unds, property, and all contractual rights and obligations associated with these divisions, offices, programs, and other related entities, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Public Health.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="274EF94A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4878BEF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2023 Act No. 60 (S.399), § 7.A, eff July 1, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="443AA99D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="76D1BDE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-140. Department of Environmental Services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5B18E0BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is hereby created, within the executive branch of the state government, the Department of Environmental Services, headed by a director appointed by the Governor pursuant to Section 48-6-10. The divisions, offices, and programs of the Department of Health and Environmental Control performing functions related to regulation and protection of the environment prior to the effective date of this act, including all of the allied, advisory, affiliated, or related entities as well as the employees, funds, pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>operty, and all contractual rights and obligations associated with these divisions, offices, programs, and other related entities, except for those subdivisions specifically included under another department, are hereby transferred to and incorporated in and shall be administered as part of the Department of Environmental Services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6BB5C754" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="37B909AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2023 Act No. 60 (S.399), § 7.B, eff July 1, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D03EC77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="341EFFA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-30-150. Olmstead rights planning; community services and support for individuals with disabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4572C1B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Departments of Health and Human Services, Veterans' Affairs, Administration, Public Health, Social Services, and Behavioral Health and Developmental Disabilities shall collaboratively develop and execute a cohesive and comprehensive plan that addresses how to ensure that services and support for South Carolinians with disabilities are, to the greatest extent possible, provided in the community instead of in an institutional setting in accordance with the requirements of the Americans with Disabilit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ies Act and the U.S. Supreme Court's decision in Olmstead v. L.C., 527 U.S. 581.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="11ECAAB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(B) The Director of the Department of Public Health shall appoint an Administrator of Community Living Integration who will be responsible for providing oversight in the assessment of the current state of community integration in South Carolina and in the creation of the community integration goals and objectives to be included in the State Health Plan. The Administrator of Community Living will report to the Director of the Department of Public Health and shall select an Americans with Disabilities Coordin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ator to ensure compliance with responsibilities outlined by the Americans with Disabilities Act and the U.S. Supreme Court's decision in Olmstead v. L.C., 527 U.S. 581.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="310A27DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The Director of the Department of Public Health shall establish and appoint members to a health planning advisory committee, upon consultation with the other departments charged with participating in developing the plan, to provide advice in the development of the plan. Members of the advisory committee should include healthcare providers, representatives from the disabled community, disability advocacy agencies, consumers, payers, and public health professionals. When developing the community integrat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ion goals and objectives, the committee must seek input from people with disabilities of different types and varying levels of severity, family members of people with disabilities, and people currently providing services to the disabled community. The committee must identify objectives for the successful implementation of the community integration program. Members of the advisory committee are allowed the usual mileage and subsistence as provided for members of boards, committees, and commissions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="788ABBBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="235BB33F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2025 Act No. 3 (S.2), § 15, eff April 28, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -8388,51 +9886,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -8869,66 +10367,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>