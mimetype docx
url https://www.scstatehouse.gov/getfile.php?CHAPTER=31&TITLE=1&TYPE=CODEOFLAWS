--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,1629 +1,1873 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R42179cfcb6724b61" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4d1516525e5a415c8a5607794982d9d8.psmdcp" Id="Rc31064835e5a4f27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R930a9f2b47584af7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/91916e85eacc4398895eac2143f13a87.psmdcp" Id="Rc88a5da3eed34031" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00516937" w:rsidRDefault="00516937" w14:paraId="71B5D21D" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4EE0C276" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="60A3CA70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>State Commission for Minority Affairs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="433A098A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="14FA6A6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-31-10. Commission for Minority Affairs created; composition; majority to be African-American; term of office; filling vacancies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1C3F024F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is created a State Commission for Community Advancement and Engagement consisting of nine members and the Governor ex officio. The Governor must appoint one person from each of the congressional districts of the State and two persons from the State at large upon the advice and consent of the Senate. The Governor shall designate the chairman. The members serve for a term of four years and until their successors are appointed and qualify. A vacancy must be filled in the same manner as original appointm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ent for the remainder of the unexpired term. In making appointments, the Governor and Senate shall take all reasonable steps to ensure that members reflect the ethnic and racial diversity of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7635BC51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="75201E5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 164, Part II, § 110; 2003 Act No. 85, § 3; 2012 Act No. 279, § 3, eff June 26, 2012; 2025 Act No. 56 (S.214), § 1, eff May 20, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="664C2468" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="719C9A12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2012 Act No. 279, § 33, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="68A1BB16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Due to the congressional redistricting, any person elected or appointed to serve, or serving, as a member of any board, commission, or committee to represent a congressional district, whose residency is transferred to another district by a change in the composition of the district, may serve, or continue to serve, the term of office for which he was elected or appointed; however, the appointing or electing authority shall appoint or elect an additional member on that board, commission, or committee from th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>e district which loses a resident member as a result of the transfer to serve until the term of the transferred member expires. When a vacancy occurs in the district to which a member has been transferred, the vacancy must not be filled until the full term of the transferred member expires. Further, the inability to hold an election or to make an appointment due to judicial review of the congressional districts does not constitute a vacancy."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1762F733" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1BF62DB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2012 amendment deleted "six" before "congressional districts" and substituted "two persons from the State" for "three persons from the State".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="79879013" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 56, § 1, in the first sentence, substituted "Community Advancement and Engagement" for "Minority Affairs"; and, at the end, substituted "In making appointments, the Governor and Senate shall take all reasonable steps to ensure that members reflect the ethnic and racial diversity of the State" for "A majority of the members of the commission must be African American".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34CDF3D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="359D052A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-31-20. Commission to meet at least quarterly; purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="15A8FC03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The commission must meet quarterly and at other times as the chairman determines necessary to study the causes and effects of the socio-economic deprivation of communities in the State and to implement programs necessary to address socioeconomic inequities confronting the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1ACB47BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1876E096" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 164, Part II, § 110; 2001 Act No. 26, § 1; 2025 Act No. 56 (S.214), § 2, eff May 20, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="78E86F36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6808CCFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 56, § 2, substituted "communities" for "minorities" and "socioeconomic inequities confronting the State" for "inequities confronting minorities in the State".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="334EDD97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="14C36D55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-31-30. Hiring of executive director and other personnel; appropriations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5C1B1BDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The commission is authorized to hire an executive director and other personnel necessary to carry out its duties and functions under this chapter. The General Assembly shall provide for the funds in the annual appropriations act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="011369BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7AB9905D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 164, Part II, § 110.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7FDC83FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0030E82C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-31-40. Powers and duties of Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5FFB97F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The commission shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4D307E93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) provide the State with a single point of contact for statistical and technical assistance in the areas of research and planning for a greater economic future;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="094F5CCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) work with elected officials on the state, county, and local levels of government in disseminating statistical data and its impact on their constituencies;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="696E61A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) provide for publication of a statewide statistical abstract on rural and under-resourced community affairs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5A857A3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) provide statistical analyses for members of the General Assembly on the state of rural and under-resourced communities as the State experiences economic growth and changes;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3F1E5AB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) determine, approve, and acknowledge by certification state recognition for Native American Indian entities; however, notwithstanding their state certification, the tribes have no power or authority to take any action which would establish, advance, or promote any form of gambling in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1D95B961" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(6) establish advisory committees representative of the state's geographic regions, as the commission considers appropriate to advise the commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="102A7889" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(7) act as liaison with the business community to provide programs and opportunities to fulfill its duties under this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0D286CD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) seek federal and other funding on behalf of the State of South Carolina for the express purpose of implementing various programs and services for rural and under-resourced communities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6CA9015A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) promulgate regulations as may be necessary to carry out the provisions of this article including, but not limited to, regulations regarding State Recognition of Native American Indian entities in the State of South Carolina; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4345A938" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) perform other duties necessary to implement programs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="23D7F60B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The commission may delegate these powers and duties as necessary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="0A4E41F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Nothing in this chapter recognizes, creates, extends, or forms the basis of any right or claim of interest in land or real estate in this State for any Native American tribe which is recognized by the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="472C50DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="49396FF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 164, Part II, § 110; 2003 Act No. 85, § 4; 2008 Act No. 280, § 2, eff June 4, 2008; 2025 Act No. 56 (S.214), § 3, eff May 20, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="703E1474" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="6085D5A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Section 8-30-10, referenced in (A)(11), was repealed by 2024 Act No. 109, § 3, effective February 5, 2024. See, now, section 23-3-80.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="30648F09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2E71CDCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 2008 amendment added subparagraph (A)(11) relating to a toll free telephone number and electronic website, and redesignated subparagraph (A)(11) as (A)(12).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3E844F0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 56, § 3, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="53D2DF9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="26296B7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-31-50. Promulgation of regulations to carry out duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="1C109F50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The commission may promulgate those regulations necessary to carry out its duties under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3BED9A41" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="53E5734A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 164, Part II, § 110.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14CACB9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="7E977EB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 1-31-60. Native American Indian Groups; existing recognition; repeal of regulations regarding recognition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="4191A24F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Notwithstanding any other provision of law, upon and after the effective date of this statute:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="2E5E880D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) any Native American Indian Group that on the effective date of this section has been recognized by the Commission for Minority Affairs through its regulatory process remains and continues to be:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="68DAC3D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) recognized as a Native American Indian Group; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="71A7BB96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) eligible to exercise the privileges and obligations authorized by that designation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="72A5CFE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the Commission for Minority Affairs must:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="5FE71651" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) eliminate the eligibility for any additional Native American Indian Groups to receive official recognized status in the State; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="188593E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) cease to recognize any additional entities as Native American Indian Groups; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="73E1C837" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) any regulations providing for recognition as a Native American Indian Group are repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="226F262B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The Commission for Minority Affairs must revise any regulations to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="57EA39EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) eliminate any recognition procedure as a Native American Indian Group; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="459766F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) provide for the privileges and obligations a Native American Indian Group that continues to be recognized is authorized to exercise.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02268F1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00187CF7" w:rsidRDefault="00187CF7" w14:paraId="3FF85485" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 163 (H.3177), § 1, eff May 3, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1634,51 +1878,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2115,66 +2359,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>