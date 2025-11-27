--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,505 +1,488 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R17e60fbc500c4999" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6bc40495b6648d2a07405dc927fb807.psmdcp" Id="Rf553fe878dec465e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbf9323eab4834413" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/607cdaced242415e91d0ba816ae0ff29.psmdcp" Id="R11960c6588c8418a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="008E32C0" w:rsidRDefault="008E32C0" w14:paraId="08FA1052" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0ACA0F4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="018DE75E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Emergency Powers of Governor to Protect Forests</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="38DFA03E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="22A2E2F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-31-10. Proclamation forbidding use of fire in forests or woodlands when conditions are abnormal; annulment of proclamation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="2E14A765" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Whenever by reason of a drought, low humidity, high winds, and other conditions, the forests and woodlands in the State are in danger of fires, the Governor, upon recommendation of the State Forester, may in the interest of public safety and the preservation of natural resources, have authority by proclamation to forbid the use of fire therein. When the Governor is satisfied that the occasion has passed for maintaining the provisions of the proclamation he shall annul it by another proclamation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0246AE03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="48C3E462" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 29-41; 1955 (49) 178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C34AB8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6EC2AE80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-31-20. Unlawful to start fires or throw burning materials in protected areas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="4E639480" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>During such periods and in such areas as the Governor shall proclaim, it shall be unlawful for any person to build or ignite any fire of any nature, or for any person to throw or cause to be thrown any matches, ashes, tobacco or other burning material on or adjacent to forests, woodlands, brushlands, or grasslands under protection from forest fires. It shall be unlawful to burn or cause to be burned any right of way.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5401FCDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="590E3E89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 29-42; 1955 (49) 178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="481BACA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="26C8F129" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-31-30. Exception for fires in municipalities and cultivated lands enclosed by firebreaks.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0D116F2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this chapter shall not apply to fires which may be started within the corporate limits of any town or city, and to cultivated lands enclosed by firebreaks which will prevent the spread of fire to adjacent forests, woodlands, brushlands or grasslands.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="556C2D79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="6420E41C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 29-43; 1955 (49) 178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A30BB34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="66350A58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 48-31-40. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="13231449" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person violating any provision of this chapter shall be guilty of a misdemeanor and, upon conviction, shall be fined not less than twenty-five dollars nor more than one hundred dollars, or imprisoned for not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3679FD04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00312160" w:rsidRDefault="00312160" w14:paraId="0C5D9FF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 29-44; 1955 (49) 178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -510,51 +493,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -991,66 +974,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>