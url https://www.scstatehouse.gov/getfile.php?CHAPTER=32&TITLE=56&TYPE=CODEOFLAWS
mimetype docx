--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -1,420 +1,401 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R23d5292cce044f8a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a5c5f1c094b4e3db673a818d971b956.psmdcp" Id="Rbd08725cfead4d85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1f67138e872b462f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14a5f71ff709438bb66ed724ad59307d.psmdcp" Id="Rafac378e29cc4e5e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0089657A" w:rsidRDefault="0089657A" w14:paraId="7C7E6E45" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="547AAA73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="2BAC7517" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 32</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Motor Vehicle Damage Disclosure Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="417BE790" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="47AE2DEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 56-32-10. Application to new motor vehicles.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="0FD85644" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter applies to new motor vehicles as defined in Section 56-28-10(5).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41D42C4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4C5BE013" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1995 Act No. 51, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5838622E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="0FE09B27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 56-32-20. Motor vehicle damage disclosure.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1DED8DEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(A) A motor vehicle manufacturer shall disclose, in writing to a motor vehicle dealer at the time of delivery of a new motor vehicle, damage and repair to the new motor vehicle that occurred while the vehicle was in the possession or under the control of the manufacturer if the damage exceeds three percent of the manufacturer's suggested retail price as calculated at the rate of the dealer's authorized warranty rate for labor and parts. A manufacturer is not required to disclose to a dealer that the glass, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>tires, bumper, or in-dash equipment of or in a motor vehicle was damaged if the damaged item has been replaced with original or comparable new equipment.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="72A79DE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>HISTORY: 1995 Act No. 51, § 1.</w:t>
-[...102 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A motor vehicle dealer shall disclose, in writing to a purchaser of a new motor vehicle before entering into a sales contract, any damage and repair to the new motor vehicle if the cost of the damage exceeds three percent of the manufacturer's suggested retail price calculated at the rate of the dealer's authorized warranty rate for labor and parts. A dealer is not required to disclose to a purchaser that the glass, tires, bumper, or in-dash equipment of or in a new motor vehicle was damaged if the equ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ipment or item has been replaced with original or comparable new equipment.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="4C9BE102" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>ipment or item has been replaced with original or comparable new equipment.</w:t>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) If disclosure is not required under this section, a purchaser may not revoke or rescind a sales contract nor bring a civil action based solely upon the fact that the new motor vehicle was damaged and repaired before completion of the sale.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="3F1FCD54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) For purposes of this section, "manufacturer's suggested retail price" means the retail price of the new motor vehicle suggested by the manufacturer including the retail delivered price suggested by the manufacturer for each accessory or item of optional equipment physically attached to the new motor vehicle at the time of delivery to the motor vehicle dealer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DF75A7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00FC2A37" w:rsidRDefault="00FC2A37" w14:paraId="1A45BABA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1995 Act No. 51, § 1, eff May 17, 1995.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -425,51 +406,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -906,66 +887,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>