--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,136 +1,356 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R389e89de61254587" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b403ba1228b4795a794f4595298979b.psmdcp" Id="R98c80c404a494626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4e496c668b8d4754" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8021eac481df4384adfae38a22d99886.psmdcp" Id="Reea844d597f34ba1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00A45C79" w:rsidRDefault="00A45C79" w14:paraId="7D43A11B" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="6D126654" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="4B830C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Textiles Communities Revitalization Act [Repealed]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="769E3043" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="4E50C0E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>§§ 6-32-10 to 6-32-50. Repealed by 2008 Act No. 313, § 3.B, eff June 12, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="3860FCB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1ACA189F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="0452FC21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="1ADB2178" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="03417943" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 6-32-10 was entitled "Title" and was derived from 2004 Act No. 227, § 1, eff July 1, 2004, applicable for rehabilitation expenses incurred, without regard to the date such expenses were incurred, for eligible sites placed in service on or after July 1, 2004.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="499147D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="32DFE803" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 6-32-20 was entitled "Purpose" and was derived from 2004 Act No. 227, § 1, eff July 1, 2004, applicable for rehabilitation expenses incurred, without regard to the date such expenses were incurred, for eligible sites placed in service on or after July 1, 2004.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="0395E55B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="6B17FE49" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 6-32-30 was entitled "Definitions" and was derived from 2004 Act No. 227, § 1, eff July 1, 2004, applicable for rehabilitation expenses incurred, without regard to the date such expenses were incurred, for eligible sites placed in service on or after July 1, 2004.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="1F11A601" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="2308EB09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 6-32-40 was entitled "Property tax credits" and was derived from 2004 Act No. 227, § 1, eff July 1, 2004, applicable for rehabilitation expenses incurred, without regard to the date such expenses were incurred, for eligible sites placed in service on or after July 1, 2004. Amended by 2005 Act No. 161, § 17, eff upon approval (became law without the Governor's signature on June 9, 2005).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="6AFF7CFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="016F7F42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Former § 6-32-50 was entitled "Applicability of provisions of Chapter 31" and was derived from 2004 Act No. 227, § 1, eff July 1, 2004, applicable for rehabilitation expenses incurred, without regard to the date such expenses were incurred, for eligible sites placed in service on or after July 1, 2004.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00680119" w:rsidRDefault="00680119" w14:paraId="223D5194" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -146,51 +366,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -627,66 +847,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>