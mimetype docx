--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,280 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4011b28c36264385" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70bf1e0d78464a849b067fb98eb64268.psmdcp" Id="R3f5a7c02668e4b44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R08e955b380aa431d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bb731a624404a3e87597985ab12e3a4.psmdcp" Id="R75e6c7fef1e149b3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C6181D" w:rsidRDefault="00C6181D" w14:paraId="02F5F14D" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="46277F07" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CHAPTER 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="491B95FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>CHAPTER 33</w:t>
-[...5 lines deleted...]
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Verdicts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C6181D" w:rsidRDefault="00C6181D" w14:paraId="42DDC4B4" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6BCE4E45" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C6181D" w:rsidRDefault="00C6181D" w14:paraId="60D1C228" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="12D859F8" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 15-33-125. Limitations on granting of new trial.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5EB05700" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Verdicts</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A new trial may be granted to the plaintiff on the issue of damages only and not liability when the only reasonable inference to be drawn from all the evidence, viewed in the light most favorable to the defendant, is that the plaintiff is entitled to a verdict in his favor on the issue of liability as a matter of law. Unless the plaintiff is entitled to a directed verdict on the issue of liability, any new trial must include both issues of liability and damages.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41046AB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6B0B7049" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1988 Act No. 432, § 4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C6181D" w:rsidRDefault="00C6181D" w14:paraId="1D519765" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EEC5291" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="47D1CD06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 15-33-135. Punitive damages: burden of proof.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C6181D" w:rsidRDefault="00C6181D" w14:paraId="30C756BD" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2BB56D74" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>In any civil action where punitive damages are claimed, the plaintiff has the burden of proving such damages by clear and convincing evidence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65A22340" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="635736C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b w:val="true"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 432, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...102 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -285,51 +281,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -766,66 +762,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>