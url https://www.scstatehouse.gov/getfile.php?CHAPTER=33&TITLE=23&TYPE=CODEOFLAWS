--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,511 +1,496 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0314d080847d43b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d526da333864b64bf81ecd1616cf7fb.psmdcp" Id="Ra964956050c24c6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5de45370f2b94626" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e64e13b5b26a416f887b03c4acb89068.psmdcp" Id="Rc7f74121661748f7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00BA713F" w:rsidRDefault="00BA713F" w14:paraId="5A68A099" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0EEC4AFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="0F8CFABF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Missiles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1EF1F803" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="1A9FE970" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-33-10. "Missile" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="02FCBD6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A "missile," as contemplated by this chapter, shall be defined as any object or substance hurled through the air by the use of gunpowder or any other explosive substance whether purchased by the individual or compounded from chemicals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="090A16AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="5B5BBFCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-131; 1958 (50) 1904.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="61F1F798" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="125A29BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-33-20. Permit required for firing missile.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="6CE75AAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Before any person shall fire or attempt to fire or discharge any missile within the borders of this State, he shall first procure a written permit from the Aeronautics Division of the Department of Commerce on such form as it may prescribe.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3AF12843" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3833282D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-132; 1958 (50) 1904; 1993 Act No. 181, § 361.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7790ADFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="539F9DA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-33-30. Exemptions from application of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2DECDD82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this chapter shall not apply to the firing or discharge of missiles by any agency of the Federal or State government, to small firearms or to fireworks now authorized by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E441181" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2EBD02CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-133; 1958 (50) 1904.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C3438D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="315B1E90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 23-33-40. Penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="3064A13D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Any person violating the provisions of this chapter shall, upon conviction, be deemed guilty of a misdemeanor and be fined not more than one hundred dollars or be imprisoned for not more than thirty days or both, in the discretion of the court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C76DF06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004105F7" w:rsidRDefault="004105F7" w14:paraId="2C0F2BA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 16-134; 1958 (50) 1904.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -516,51 +501,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -997,66 +982,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>